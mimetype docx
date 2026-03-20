--- v0 (2025-11-03)
+++ v1 (2026-03-20)
@@ -3,4341 +3,6139 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3856F20D" w14:textId="77777777" w:rsidR="00DC524E" w:rsidRPr="00DC524E" w:rsidRDefault="00DC524E" w:rsidP="00DC524E">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00DC524E">
+    <w:p w14:paraId="40984B6A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">スマートフォンアイフォン(iPhone)応用編　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A90A03B" w14:textId="77777777" w:rsidR="00DC524E" w:rsidRDefault="00DC524E" w:rsidP="00DC524E">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00DC524E">
+    <w:p w14:paraId="2D91F9C6" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>※スマートフォンの操作説明は、アルファベット表記が多いため、音声や点字での確認が効率的に行えるようにカタカナ表記に置き換えています。各単元の最初のみカタカナの後にアルファベット表記をカッコ内に書いています。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6018C07C" w14:textId="77777777" w:rsidR="00DC524E" w:rsidRPr="00DC524E" w:rsidRDefault="00DC524E" w:rsidP="00DC524E">
-[...59 lines deleted...]
-      <w:r w:rsidRPr="00DC524E">
+    <w:p w14:paraId="116BB2DA" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5427F9B8" w14:textId="2ADD9361" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>【自宅用】マイナンバーカードで確定申告書を作成し、e-Taxで送信</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A8CAA47" w14:textId="77777777" w:rsidR="00EB29D0" w:rsidRPr="00BC7123" w:rsidRDefault="00EB29D0" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="545B5A3A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>目次</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796EEA81" w14:textId="77777777" w:rsidR="00DC524E" w:rsidRPr="00DC524E" w:rsidRDefault="00DC524E" w:rsidP="00DC524E">
-[...58 lines deleted...]
-      <w:r w:rsidRPr="00DC524E">
+    <w:p w14:paraId="4FA1351E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３　マイナンバーカードで確定申告書を作成し、e-Taxで送信しましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="767F95C3" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３-A　マイナンバーカードを使ったスマホでの確定申告に必要なもの</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A16030" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３-B　国税庁の確定申告書等作成コーナーにアクセス</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>3-C マイナポータル連携とは</w:t>
-[...172 lines deleted...]
-      <w:r w:rsidRPr="00DC524E">
+        <w:t>して作成開始</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F3DF24" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３-C　マイナポータル連携とは</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC4296B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３-D　確定申告の申告準備</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1275B056" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３-E　エックスエムエル（xml）データの読込</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FA8B23" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３-F　金額等の入力</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B8AAE2" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">３-G　マイナンバーの入力 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548092E4" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３-H　アドビアクロバットリーダー（Adobe Acrobat Reader）のインストール</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666D9D1C" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アンドロイド（Android）の場合</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1631383B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３-I　申告書データの送信</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7946E8FA" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３-J　申告書データを印刷して保存</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3064ABD8" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３-K　申告書の保存データの修正・再開</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21213C09" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンの場合</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1308F273" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３-I　申告書データの送信</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5949DCB3" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３-J　申告書データを印刷して保存</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A49E57" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>３-K　申告書の保存データの修正・再開</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="374EC079" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62E294FC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-A　マイナンバーカードを使ったスマホでの確定申告に必要なもの</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297A6FC6" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>実際に確定申告書を作成する際に必要なものを準備しましょう。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11D8DB6C" w14:textId="77777777" w:rsidR="00DC524E" w:rsidRPr="00DC524E" w:rsidRDefault="00DC524E" w:rsidP="00DC524E">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00DC524E">
+    <w:p w14:paraId="591ECBCE" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>｢2-A マイナンバーカードを使ったスマホでの確定申告に必要なもの（事前準備）10ページ｣で用意したものに加えて、収入金額など申告内容を入力するために必要な書類を用意します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7D859D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>●収入の入力に必要な書類</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="237BA178" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>（例）給与の源泉徴収票、公的年金等の源泉徴収票 など</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EE2C5E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>●控除の入力に必要な書類</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4428FFB2" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>（例）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E61891" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・医療費控除（医療費の領収証）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4968C3" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>を用意します。</w:t>
-[...189 lines deleted...]
-      <w:r w:rsidRPr="00F3218E">
+        <w:t>・社会保険料控除（国民年金保険料（税）の領収証）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6444E4DE" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・生命保険料控除（生命保険料控除証明書）など</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="420D054B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※何を用意すればよいかわからない場合は、講習会用の教材［2-G］44ページから調べてみましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0890F6A0" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータル経由で控除証明書などのデータを一括取得し、申告書の該当項目へ自動入力することができる「マイナポータル連携」もご利用いただけます。（講習会用[2-E]28ページ参照）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C520C93" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータル連携を利用するためには、事前準備が必要です。（講習会用[参考]46ページ参照）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643A6944" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6735711F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-B　国税庁の確定申告書等作成コーナーにアクセスして作成開始</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084193AC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>はじめに、確定申告書等作成コーナーにアクセスしましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56CAE60E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、アンドロイドの場合についてご説明します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E8863F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>①クローム（Chrome）をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3372EC97" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ご利用の端末によって表示のされ方が異なる場合があります。ご了承ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEB1E31" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②検索用の枠をダブルタップします。（赤枠内）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F226A1" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※キューアール（QR）コードからアクセスすると①～⑤をスキップできます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2189B4A5" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「作成コーナー」と入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE3D4B7" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④画面右下の「移動」ボタンをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46EBE33F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤「共通トップ 国税庁 確定申告書等作成コーナー」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6279BBBB" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥国税庁の確定申告書等作成コーナーが表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A99E364" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5332C08E" w14:textId="3F542846" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>続いて、アイフォンの場合についてご説明します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D11F129" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①サファリ（Safari）をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="085EAE0C" w14:textId="77777777" w:rsidR="00F3218E" w:rsidRPr="00F3218E" w:rsidRDefault="00F3218E" w:rsidP="00F3218E">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="145D891D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>②検索ボックス内をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="535CDFCD" w14:textId="77777777" w:rsidR="00F3218E" w:rsidRPr="00F3218E" w:rsidRDefault="00F3218E" w:rsidP="00F3218E">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00F3218E">
+    <w:p w14:paraId="6361E17E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※キューアールコードからアクセスすると①～⑤をスキップできます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A0400A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③｢作成コーナー｣と入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C59D12" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④画面右下の右矢印のボタンをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B16FD9" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤「共通トップ 国税庁 確定申告書等作成コーナー」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021C83F8" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥国税庁の確定申告書等作成コーナーが表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F488289" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14CF9F2F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>それでは実際に、マイナンバーカードを使って確定申告を開始しましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C1A9BEC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①確定申告書等作成コーナーを下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DCA260" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②｢作成開始｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793D9C5B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③作成のステップについての画面を下から上にスクロ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>⑤「共通トップ 国税庁 確定申告書等作成コーナー」をダブルタップします。</w:t>
-[...104 lines deleted...]
-      <w:r w:rsidRPr="00C72C7F">
+        <w:t>ールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA44A51" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>④内容を確認し、「次へ」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107EDA32" w14:textId="77777777" w:rsidR="007D47A0" w:rsidRPr="007D47A0" w:rsidRDefault="007D47A0" w:rsidP="007D47A0">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007D47A0">
+    <w:p w14:paraId="4B3BFED0" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑤作成する申告書等の選択は｢所得税｣を選択します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D856E47" w14:textId="77777777" w:rsidR="007D47A0" w:rsidRPr="007D47A0" w:rsidRDefault="007D47A0" w:rsidP="007D47A0">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007D47A0">
+    <w:p w14:paraId="57AB4063" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑥作成する年分を選択します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAEAD2D" w14:textId="77777777" w:rsidR="007D47A0" w:rsidRPr="007D47A0" w:rsidRDefault="007D47A0" w:rsidP="007D47A0">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007D47A0">
+    <w:p w14:paraId="5400C407" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑦マイナンバーカードの所有に関して「はい」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A367E74" w14:textId="77777777" w:rsidR="007D47A0" w:rsidRPr="007D47A0" w:rsidRDefault="007D47A0" w:rsidP="007D47A0">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007D47A0">
+    <w:p w14:paraId="3C6D2AF1" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑧マイナンバーカードの読み取り対応に関して「はい」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D9A270F" w14:textId="77777777" w:rsidR="007D47A0" w:rsidRPr="007D47A0" w:rsidRDefault="007D47A0" w:rsidP="007D47A0">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="007D47A0">
+    <w:p w14:paraId="2983EB98" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑨｢連携する｣または「連携しない」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F1F964" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑩｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77187DE3" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑪申告書作成前の確認画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A273D1" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑫｢同意して次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194FA597" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここからはマイナポータルと連携しない方へ向けた説明になります。マイナポータルと連携する場合は19ペ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>す。</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="007D47A0">
+        <w:t>ージよりご覧ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F903F30" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑬「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CEE85A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑭｢ログイン｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB4941E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※スマホ用電子証明書を搭載したスマートフォンであれば、マイナンバーカードの読み取りをする必要がありません。なお、ご利用するためにはスマートフォンでマイナポータルからスマホ用電子証明書の利用申請及び登録をする必要があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44AEDD3C" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、利用者証明用電子証明書の認証を行い、マイナンバーカードをスマートフォンで読み取ります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036A14A7" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「利用者証明用電子証明書」とは、「ログインした者が、利用者本人であること」を証明することができる電子証明書のことで、マイナンバーカードに搭載されています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A6F395" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>書面取引における印鑑証明書のようなものです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ADB5558" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「利用者証明用電子証明書のパスワード」とは、マイナ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ンバーカードを市区町村の窓口で受け取った時に利用者証明用電子証明書に設定した数字4桁のパスワードのことです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B661657" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑮利用者証明用電子証明書の数字4桁のパスワードを入力します。パスワードを3回間違えると不正防止のためロックがかかります。正しいパスワードを確認してから入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E05CAD" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑯マイナンバーカードとスマートフォンの読み取り部を合わせます。マイナンバーカードの読み取り位置は機種により異なります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B500EDF" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑰「読み取り開始」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F87C95E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑱左上の「サファリ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7744F416" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※アンドロイドの場合、こちらの画面は表示されません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48EED954" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A51D04A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここからはマイナポータルと連携する方へ向けた説明</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>になります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB09FE5" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑬「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F2D528" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑭｢マイナンバーカードでログイン｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56D10E01" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、利用者証明用電子証明書の認証を行い、マイナンバーカードをスマートフォンで読み取ります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D131947" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「利用者証明用電子証明書」とは、「ログインした者が、利用者本人であること」を証明することができる電子証明書のことで、マイナンバーカードに搭載されています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50BD7542" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>書面取引における印鑑証明書のようなものです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F485539" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「利用者証明用電子証明書のパスワード」とは、マイナンバーカードを市区町村の窓口で受け取った時に利用者証明用電子証明書に設定した数字4桁のパスワードのことです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64FA22ED" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑮利用者証明用電子証明書の数字4桁のパスワード</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>を入力します。パスワードを3回間違えると不正防止のためロックがかかります。正しいパスワードを確認してから入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44266712" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑯マイナンバーカードとスマートフォンの読み取り部を合わせます。マイナンバーカードの読み取り位置は機種により異なります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="104D0624" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑰「読み取り開始」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F2E8C6A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑱「同意して次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57760AD4" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑲画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668A5396" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑳「お手続きの流れへ」をダブルタップします。すでにe-Taxを利用したことがある場合は「e-Taxへログイン」をダブルタップし、画面の指示に従ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7388DF9A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>㉑画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F70A42" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>㉒「マイナンバーカード・スマホ用電子証明書の利用」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F6C1E0" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、利用者証明用電子証明書の認証を行い、マイナ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ンバーカードをスマートフォンで読み取ります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7378A0CA" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「利用者証明用電子証明書」とは、「ログインした者が、利用者本人であること」を証明することができる電子証明書のことで、マイナンバーカードに搭載されています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75BD4D4E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>書面取引における印鑑証明書のようなものです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4BA723" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「利用者証明用電子証明書のパスワード」とは、マイナンバーカードを市区町村の窓口で受け取った時に利用者証明用電子証明書に設定した数字4桁のパスワードのことです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4357E905" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>㉓利用者証明用電子証明書の数字4桁のパスワードを入力します。パスワードを3回間違えると不正防止のためロックがかかります。正しいパスワードを確認してから入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED9096C" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>㉔マイナンバーカードとスマートフォンの読み取り部を合わせます。マイナンバーカードの読み取り位置は機種により異なります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074B2744" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>㉕「読み取り開始」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098FFDB2" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>㉖左上の「サファリ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74044072" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※アンドロイドの場合、こちらの画面は表示されません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2154D7C1" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="517C5BBC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-C　マイナポータル連携とは</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD81896" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータル連携で確定申告書が簡単、便利に作成できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F33EB70" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>例えば、控除証明書等の書面の収集・管理・提出が必要であったのが管理・保管が不要となったり、書面の控除証明書等を１件１件確認しながら記入・入力していたのがマイナポータルから取得したデータを使って申告書の所定の項目に自動入力されるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45DC0353" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※マイナポータル連携を利用するためには、事前準備が必要です。（95ページ参照）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036CBE12" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4245CEB5" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3-D　確定申告の申告準備</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B17CBC6" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここからは登録情報の確認をします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF1327D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①登録情報画面で登録内容を確認して｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022AAACC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※本資料では本人情報の項目は一部しか表示しておりません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A4C202" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0084558C" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>こちらは住所等の情報の訂正がある場合のみのご説明になります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD28493" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①修正がある場合は｢訂正｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A34FC7A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②修正内容を入力して、｢内容を変更する｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC6DF03" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※本資料では修正内容の項目は一部しか表示しておりません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0993CD5D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32978589" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、マイナポータル連携をします。こちらは12ペー</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ジで「連携する」を選択した方のみに表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79EAB8C0" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①取得情報の選択は｢取得する｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CBE91BD" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※本資料ではご家族の情報も同時に取得する形で説明します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75E9E064" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4202BB0D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCEAF58" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④利用規約を確認してチェックを入れ、｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EFB55E4" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤｢連携｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3BD7AE" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥取得したいご家族をチェックし「証明書等の取得へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35CE1BE8" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦控除証明書の取得画面が表示されるので、内容を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D9D342" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧「上記の留意事項を確認した」をチェックし「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="198A583B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>⑨取得情報一覧の画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088579EC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑩｢次へ｣をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B63854" w14:textId="77777777" w:rsidR="007D47A0" w:rsidRPr="007D47A0" w:rsidRDefault="007D47A0" w:rsidP="007D47A0">
-[...160 lines deleted...]
-      <w:r w:rsidRPr="00A748EA">
+    <w:p w14:paraId="03A30B9C" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※マイナポータル連携により取得した情報の一覧が表示されます</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>金額等を確認し、正しい情報であることを確認の上、利用してください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A4801DD" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A55CDBC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-E　エックスエムエルデータの読込</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C28F2C" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここからはエックスエムエルデータの読込を行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AFB57C9" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①右下のプラスマークをダブルタップしファイルを選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47639AD4" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※拡張子が「.エックスエムエル」のデータをお持ちでない方は、そのまま「次へ」ボタンをダブルタップしてください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53378491" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE8AD59" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11DF65DC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>利用者証明用電子証明書は、マイナンバーカードに搭載されている、インターネットのウェブサイト等にログイン時に利用する電子証明書です。「ログインした者が、利用者本人であること」を証明することができます。</w:t>
-[...155 lines deleted...]
-      <w:r w:rsidRPr="00A748EA">
+        <w:t>次に、収入・所得金額を入力をします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425357E7" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①申告者本人の生年月日を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12600E7D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※本資料では「給与所得」のみ表示しております。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A189586" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②申告する所得を全て選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2CED6D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※下までスクロールして項目を確認します。本資料で表示している部分以外の項目もあります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B525B2" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③申告する所得を全て選択した後、｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BE9A01" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④入力する収入のボタンをダブルタップして金額等を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5926C984" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤入力後、｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400DACC9" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※金額の入力がない場合は｢確認｣画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BEE46E0" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="698ADB75" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、控除の入力をします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F11FEFC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>次に、マイナポータルと連携する場合の手順です。</w:t>
-[...154 lines deleted...]
-      <w:r w:rsidRPr="00FD2D3C">
+        <w:t>①支出に関する控除を選択して金額を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="406FB71B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②入力後、｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479C0CD0" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③親族に関する控除を選択して金額を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A45F27" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④本人に関する控除を選択して金額を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C8AF01" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤その他の控除を選択して金額を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D0B3CD" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="168E9545" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※データがない場合はエラーが出ます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396B5B74" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08F1ACD3" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、計算結果の確認をします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A7FBE52" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①納付する金額または還付される金額を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B52BF1" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「電子交付」または「書面交付」を選択し、｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56841AF5" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B1217E8" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、財産債務調書の作成をします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302C1E5C" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①提出要件を確認し、該当する場合はチェックを入れ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>合わせます。</w:t>
-[...171 lines deleted...]
-      <w:r w:rsidRPr="000F4810">
+        <w:t>「入力する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27958BA9" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「財産・債務を入力する」をダブルタップし、財産・債務の内容を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31ECBC08" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DD4B8DC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、住民税に関する事項の選択・入力をします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C4B228" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①住民税に関する事項を確認し、該当する場合はチェックを入れます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F36107" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※下までスクロールして項目を確認します。本資料で表示している部分以外の項目もあります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDE21BC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②入力後、「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEB990A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AC89104" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、氏名・住所・その他の項目を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B701DC0" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①氏名・電話番号を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6731F350" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②住所を入力します。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>※下までスクロールして項目を確認します。本資料で表示している部分以外の項目もあります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11AB81D3" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>利用者本人であること」を証明することができます。</w:t>
-[...189 lines deleted...]
-      <w:r w:rsidRPr="000F4810">
+        <w:t>③その他の項目を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA03CFD" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④入力後、「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4765996B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="459BBA8F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-G　マイナンバーの入力</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0250EC73" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここからはマイナンバーの入力をします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="758BABD9" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①マイナンバーカード裏の右上にある12ケタの数字（マイナンバー）を入力して｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46331CCB" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A637D61" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-H　アドビアクロバットリーダーのインストール</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75CDBFF0" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここからは帳票を表示・印刷するためにアドビアクロバットリーダーをインストールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714941E3" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、アンドロイドの場合についてご説明します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22718A4B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①プレイ（Play）ストアをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D31737" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「アプリとゲームを検索」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A8EBE90" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>マイナポータル連携を利用するためには、事前準備が必要です。</w:t>
-[...178 lines deleted...]
-        </w:rPr>
+        <w:t>③「あどび」と入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="413156A1" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④虫眼鏡の形をした右下のマークをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6825EA4C" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤「アドビアクロバットリーダー」を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119A479E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥「インストール」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639DD1E2" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E06520F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>続いてアイフォンの場合についてご説明します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7386BCB3" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①アップストア（App Store）をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13020229" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②｢検索｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E380121" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③検索枠に「あどび」と入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="659021C8" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④右下の検索ボタンをダブルタップして検索します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3C58ED" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤「入手」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="392C45FA" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥インストールが完了すると表示が「開く」に変わります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512513CE" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D5BEEE2" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3-I　申告書データの送信</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE82F4B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここからは送信前の申告内容を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086B05E6" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、アンドロイドの場合についてご説明します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCDFE22" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「申告書等を表示する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559B0CF5" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②申告書の帳票イメージが表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662A6988" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③帳票の内容を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="041F700F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※帳票は複数枚あります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="451AA745" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④左上の左矢印マークをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBABFB5" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23596CDB" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5646D60A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FFFFB3F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>申告書の送信には3段階あります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A568A5D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ステップ（STEP） １ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5506C988" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>申告書データを送信する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006E45A5" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ステップ ２ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21727940" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>送信結果を確認する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA24978" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ステップ ３ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE94EEE" w14:textId="670C3FA3" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>送信票兼</w:t>
+      </w:r>
+      <w:r w:rsidR="007E1D23">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>送</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>付書等を印刷する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4485E9CF" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※ご自宅のプリンタまたはコンビニエンスストア等でも印刷いただけます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE09DDD" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="031F23E5" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、申告書データを送信します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB0C4E2" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①｢e-Tax送信｣画面の｢送信する｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047DF0E4" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「送信を実行する｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43EAB341" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③送信完了画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AFCE6E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67007638" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、送信結果を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C43416" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①画面を下から上にスクロールし送信結果を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0EFF7D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>②｢次へ｣をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA80BBC" w14:textId="77777777" w:rsidR="00D4332E" w:rsidRPr="00D4332E" w:rsidRDefault="00D4332E" w:rsidP="00D4332E">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00D4332E">
+    <w:p w14:paraId="1F3FC3E3" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32D2DA32" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、送信票兼送付書等を印刷します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E097E3D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①｢申請書等を表示する｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D3CCE57" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②帳票の内容を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A49A9B0" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③左上の左矢印マークをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FF7D23" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01806263" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤右上のメニューをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354B33B3" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥｢印刷｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C266A1B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2786DAFC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、作成した申告書のデータを保存します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8BBB74" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①｢入力データのダウンロードページへ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA33D0A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②｢入力データをダウンロードする｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236971B1" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ルタップします。</w:t>
-[...197 lines deleted...]
-      <w:r w:rsidRPr="00944B17">
+        <w:t>※自動でダウンロードが完了します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068AB284" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③｢戻る｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11EF2A14" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④「終了（トップ画面へ戻る）｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2641EC1D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="154CED8A" w14:textId="374D299B" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、ダウンロードしたファイルの保存場所を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43418F4A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①右上のメニューをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4522E0A6" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②｢ダウンロード｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D94CEE6" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③保存されているデータを確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D25480" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④｢共有・削除｣するにはファイルのメニューをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A1DC247" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31080E5A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、申告書の保存データの修正・再開の方法です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1B523D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①トップページの｢保存データ利用｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2EA2D6" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>す。拡張子が「エックスエムエル」のデータをお持ちでない方は、そのまま「次へ」ボタンをダブルタップしてください。</w:t>
-[...215 lines deleted...]
-      <w:r w:rsidRPr="009B6AC9">
+        <w:t>②｢作成再開｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402EDFCA" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③｢保存データの選択｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614C2E0F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④｢ファイル｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A78159F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤ファイルを選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE25E2F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥選択されたファイルを確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AFE48C1" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦｢保存データ読込｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683A0747" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧｢所得税の申告書作成再開｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B9FB91" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C13C24A" w14:textId="122EBA9E" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-I　申告書データの送信</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D11507F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>続いて、アイフォンの場合についてご説明します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C49FA24" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>送信前の申告内容を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0E2765" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①｢申請書等を表示する｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="330A323F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②｢帳票｣（複数枚あり）を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346C535B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③四角が２つ重なっているマークをダブルタップし申告書イメージのタブを閉じ、元の画面を開きます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC68A6C" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>②入力後、｢次へ｣をダブルタップします。</w:t>
-[...224 lines deleted...]
-      <w:r w:rsidRPr="00016AAE">
+        <w:t>※ここまでの作成データを保存する場合は、｢データを保存して中断｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB92C32" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E167A2" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※保存方法は｢作成した申告書のデータを保存する方法｣を参照してください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A66DF7E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D133C57" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>申告書の送信には3段階あります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55FEACE5" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ステップ １ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263BBE7C" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>申告書データを送信する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D076719" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ステップ ２ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000B11F0" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>送信結果を確認する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BBCE39" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ステップ ３ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E336BB" w14:textId="43E8551F" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>送信票兼</w:t>
+      </w:r>
+      <w:r w:rsidR="007E1D23">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>送</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>付書等を印刷する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B752C4" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※ご自宅のプリンタまたはコンビニエンスストア等でも印刷いただけます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DDCF16" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D71395F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、申告書データを送信します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB2C356" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①｢e-Tax送信｣画面の｢送信する｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33FC7B35" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「送信を実行する｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721D9EAD" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③送信完了画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1D846E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67E76E99" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、送信結果を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348AE2F6" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①画面を下から上にスクロールし送信結果を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F31C91D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②｢次へ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D47FC2F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="344445C6" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、送信票兼送付書等を印刷します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A35811D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①｢申請書等を表示する｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A71A9D" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②帳票の内容を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B312DE" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>住民税に関する事項の選択・入力をします。</w:t>
-[...215 lines deleted...]
-      <w:r w:rsidRPr="0069453D">
+        <w:t>③シェアボタンをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE7B7ED" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④｢プリント｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53581BF3" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤印刷オプションを設定し「プリント」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76351908" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥｢ブック｣や｢ファイル｣など任意の保存先を選択して保存します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFF552C" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D807518" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、作成した申告書のデータを保存します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1418C57B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①｢入力データのダウンロードページへ｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="155CB629" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②｢入力データをダウンロードする｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D1699E5" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③ダイヤログボックスの｢ダウンロード｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="171AE80C" w14:textId="7BFD47CA" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④ダウンロードファイルを確認するには下矢印のマークをダブルタップします</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5770">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B644440" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ーをインストールしましょう。</w:t>
-[...700 lines deleted...]
-      <w:r w:rsidRPr="00BE260E">
+        <w:t>⑤「ダウンロード」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609B1BDF" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥虫眼鏡のマークをダブルタップするとダウンロード先のフォルダが表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2213AE37" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦｢戻る」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="680F32EB" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧｢終了（トップ画面に戻る）｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3905BC1A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1056E170" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、ダウンロードしたファイルの保存場所を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70134ED1" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ファイルアプリをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC38C8E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②ブラウズタブをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A91C25" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「ダウンロード」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A9649F" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④申告書データが保存されています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D44FAC" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CDA1416" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、申告書の保存データの修正・再開の方法です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55418FBE" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①トップページの｢保存データ利用｣をダブルタップし</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC5403B" w14:textId="77777777" w:rsidR="00BE260E" w:rsidRPr="00BE260E" w:rsidRDefault="00BE260E" w:rsidP="00BE260E">
-[...212 lines deleted...]
-      <w:r w:rsidRPr="000D1BE4">
+    <w:p w14:paraId="4F3460B0" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②｢作成再開｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B781F5" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③｢保存データの選択｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1501721E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④｢ファイルを選択｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6B4A03" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤ブラウズタブをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="480357D7" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥「ダウンロード」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B6E077" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦ファイルを選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CDEDA7" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧選択されたファイルを確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5806246E" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑨｢保存データ読込｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB07E7A" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑩｢所得税の申告書作成再開｣をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1E2DB8" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="769B99B8" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>（参考）マイナポータル連携に係る事前準備</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A652C2B" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータル連携を利用するためには、事前準備が必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="265C3F12" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00DB2E54" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2E54">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>国税庁ホームページの「マイナポータル連携特設ペー</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2E54">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>3-K 申告書の保存データの修正・再開</w:t>
-[...267 lines deleted...]
-    <w:sectPr w:rsidR="008B78CC" w:rsidRPr="008B78CC">
+        <w:t>ジ」では、マイナポータル連携の具体的な機能の紹介のほか、事前準備の具体的な方法について、手順書を掲載しています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63012FAF" w14:textId="77777777" w:rsidR="00DB2E54" w:rsidRPr="00BC7123" w:rsidRDefault="00DB2E54" w:rsidP="00BC7123">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DB2E54" w:rsidRPr="00BC7123">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DF8D8CC" w14:textId="77777777" w:rsidR="00A76CA4" w:rsidRDefault="00A76CA4" w:rsidP="006543EF">
+    <w:p w14:paraId="3EDFA497" w14:textId="77777777" w:rsidR="00844B1A" w:rsidRDefault="00844B1A" w:rsidP="004E5770">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="504E9A01" w14:textId="77777777" w:rsidR="00A76CA4" w:rsidRDefault="00A76CA4" w:rsidP="006543EF">
+    <w:p w14:paraId="10FAD287" w14:textId="77777777" w:rsidR="00844B1A" w:rsidRDefault="00844B1A" w:rsidP="004E5770">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:endnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="5AAEEA1C" w14:textId="77777777" w:rsidR="00A76CA4" w:rsidRDefault="00A76CA4"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ＭＳ Ｐゴシック">
-    <w:panose1 w:val="020B0600070205080204"/>
+  <w:font w:name="游ゴシック Light">
+    <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BIZ UDPゴシック">
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002F7" w:usb1="2AC7EDF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="游ゴシック Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10E5A559" w14:textId="77777777" w:rsidR="00A76CA4" w:rsidRDefault="00A76CA4" w:rsidP="006543EF">
+    <w:p w14:paraId="7994FB2B" w14:textId="77777777" w:rsidR="00844B1A" w:rsidRDefault="00844B1A" w:rsidP="004E5770">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CC015BB" w14:textId="77777777" w:rsidR="00A76CA4" w:rsidRDefault="00A76CA4" w:rsidP="006543EF">
+    <w:p w14:paraId="0B05BF17" w14:textId="77777777" w:rsidR="00844B1A" w:rsidRDefault="00844B1A" w:rsidP="004E5770">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:footnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="37F337A7" w14:textId="77777777" w:rsidR="00A76CA4" w:rsidRDefault="00A76CA4"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:val="fullPage" w:percent="71"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="122"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0094168B"/>
-[...69 lines deleted...]
-    <w:rsid w:val="00FD2D3C"/>
+    <w:rsidRoot w:val="00DB2E54"/>
+    <w:rsid w:val="001257BC"/>
+    <w:rsid w:val="00161251"/>
+    <w:rsid w:val="004838D2"/>
+    <w:rsid w:val="004E5770"/>
+    <w:rsid w:val="004F69F1"/>
+    <w:rsid w:val="005654A5"/>
+    <w:rsid w:val="007E1D23"/>
+    <w:rsid w:val="00820D5D"/>
+    <w:rsid w:val="00844B1A"/>
+    <w:rsid w:val="008B4D94"/>
+    <w:rsid w:val="00A04E29"/>
+    <w:rsid w:val="00B55AE3"/>
+    <w:rsid w:val="00BC7123"/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rsid w:val="00E22483"/>
+    <w:rsid w:val="00E91A90"/>
+    <w:rsid w:val="00EB29D0"/>
+    <w:rsid w:val="00EC783B"/>
+    <w:rsid w:val="00F36427"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5659A436"/>
+  <w14:docId w14:val="6046CF1D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4DF50113-D844-4ECA-A965-1F08FC94480D}"/>
+  <w15:docId w15:val="{68214C99-EA84-4D6B-A4A7-F31B7990BBA4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="21"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4678,3921 +6476,1939 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:jc w:val="both"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="100" w:left="100"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="200" w:left="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="300" w:left="300"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="400" w:left="400"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="500" w:left="500"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Web">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="見出し 1 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="見出し 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...5 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00DB2E54"/>
     <w:rPr>
-      <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:cs="ＭＳ Ｐゴシック"/>
-      <w:kern w:val="0"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="見出し 3 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="見出し 4 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="見出し 5 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="見出し 6 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="見出し 7 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="見出し 8 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="見出し 9 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="表題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="副題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="引用文 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="23"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="引用文 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="24">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB2E54"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="004E5770"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="ヘッダー (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="004E5770"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="004E5770"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="004E5770"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="13650747">
-[...3704 lines deleted...]
-    <w:div w:id="2147235267">
+    <w:div w:id="5983524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="11541471">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="21252078">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="47463253">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="76557789">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="93719855">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="96602817">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="97144957">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="135538760">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="136411637">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="148910199">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="177164767">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="198396655">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="222567013">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="251401672">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="257105069">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="331102130">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="387266837">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="389422188">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="404836085">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="481625399">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="590431963">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="591666834">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="593247841">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="604923187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="606043893">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="642320824">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="647593065">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="650065098">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="655761809">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="678001564">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="693699496">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="699284532">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="748190715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="759109127">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="813525150">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="837043790">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="850609848">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="874344869">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="917597200">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="952398013">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="970749414">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="989943954">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1022585544">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1039546697">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1047605345">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1050691006">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1079520409">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1084451652">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1091005849">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1124932897">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1154757244">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1282766041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289243964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1299918369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1345204493">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1348942207">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1350718600">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1383291723">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1386753603">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1391804943">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1420171456">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1423867321">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1427311062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1452627993">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1468157385">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1475373807">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1484390822">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1506045540">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1520850450">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1528131378">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1553879414">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1610311872">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1636182389">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1679457626">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1681464080">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1690985063">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1708219538">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1736853045">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1749305685">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1777678970">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1777938926">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1802183896">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1939099113">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1943417925">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1972319834">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1981961353">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982347175">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2004165794">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2033072426">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2065715470">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2096896790">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2111510157">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2125417247">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2126848964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2136408351">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2139444045">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2142838551">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="游ゴシック Light" panose="020F0302020204030204"/>
+        <a:latin typeface="游ゴシック Light" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8600,51 +8416,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="游明朝" panose="020F0502020204030204"/>
+        <a:latin typeface="游明朝" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8794,159 +8610,177 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100630C360F03D9154893E8CD1E92A1C47E" ma:contentTypeVersion="12" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a7bc55e77245ee526a4c6de1d040215d">
-[...2 lines deleted...]
-    <xsd:import namespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010084154F20975AA5409AAA8A81D223D4B6" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="314d706d4a484fe7dec4c48c0c727a32">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c23fec77-1f23-433b-b54b-3158c30b0fa3" xmlns:ns3="956f8374-eac6-4c01-9e9a-c7d7573af740" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="36acf314f04ac0dee4af1caab1f68fe6" ns2:_="" ns3:_="">
+    <xsd:import namespace="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <xsd:import namespace="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="079a4871-f4a2-4665-9954-203da50962a5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c23fec77-1f23-433b-b54b-3158c30b0fa3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="4fc079cf-368d-4738-8e08-a0b0e68d1a92" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="1e1c6816-2a4f-4461-93c7-8dd281d6228d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="21" nillable="true" ma:displayName="承認の状態" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="22" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="956f8374-eac6-4c01-9e9a-c7d7573af740" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3e2f2ba5-c93a-4102-ad8d-e1a5341c9bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="2c894bec-798d-4cf3-95d8-8ea6401a7b86">
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4f4c2df7-119e-42eb-b5ef-c638e6a4a2bd}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="956f8374-eac6-4c01-9e9a-c7d7573af740">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -9016,140 +8850,153 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="2c894bec-798d-4cf3-95d8-8ea6401a7b86" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="079a4871-f4a2-4665-9954-203da50962a5">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="956f8374-eac6-4c01-9e9a-c7d7573af740" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DDB2A41-15D1-4DA7-9B40-5761D71AC89A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FA150FE-6C88-4736-86ED-22B20BB335F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="079a4871-f4a2-4665-9954-203da50962a5"/>
-    <ds:schemaRef ds:uri="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E349636-D95B-4AB0-AAB2-39B40EE8AFE9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80A55FA5-F5A9-426A-95D8-F027A0257066}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
-    <ds:schemaRef ds:uri="079a4871-f4a2-4665-9954-203da50962a5"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E353D2DA-472C-40C5-BA51-7BBDD41B9C3F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1ADA19E0-1890-425D-9556-22CA7135E352}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...1 lines deleted...]
-  <Characters>4994</Characters>
+  <Pages>32</Pages>
+  <Words>7809</Words>
+  <Characters>7936</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>485</Lines>
+  <Paragraphs>295</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5859</CharactersWithSpaces>
+  <CharactersWithSpaces>7984</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>山田 英治</dc:creator>
+  <dc:creator>望月 桃華</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100630C360F03D9154893E8CD1E92A1C47E</vt:lpwstr>
+    <vt:lpwstr>0x01010084154F20975AA5409AAA8A81D223D4B6</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>4223400</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>