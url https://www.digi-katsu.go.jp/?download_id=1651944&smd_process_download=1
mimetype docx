--- v0 (2025-10-15)
+++ v1 (2026-01-28)
@@ -1,5223 +1,4274 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1E91180D" w14:textId="77777777" w:rsidR="005A1BAF" w:rsidRPr="000B70D7" w:rsidRDefault="005A1BAF" w:rsidP="005A1BAF">
-[...11 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="2755366E" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">スマートフォンアイフォン(iPhone)応用編　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5476C6" w14:textId="77777777" w:rsidR="005A1BAF" w:rsidRPr="000B70D7" w:rsidRDefault="005A1BAF" w:rsidP="005A1BAF">
-[...11 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="0B15E318" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>※スマートフォンの操作説明は、アルファベット表記が多いため、音声や点字での確認が効率的に行えるようにカタカナ表記に置き換えています。各単元の最初のみカタカナの後にアルファベット表記をカッコ内に書いています。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="265D71C8" w14:textId="77777777" w:rsidR="005A1BAF" w:rsidRPr="000B70D7" w:rsidRDefault="005A1BAF" w:rsidP="005A1BAF">
-[...11 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="61B5CDFC" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E2D60D" w14:textId="77777777" w:rsidR="005A1BAF" w:rsidRPr="000B70D7" w:rsidRDefault="005A1BAF" w:rsidP="005A1BAF">
-[...11 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="16AC1437" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナンバーカードを健康保険証として利用しよう・公金受取口座の登録をしよう</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713DDEDC" w14:textId="77777777" w:rsidR="00944898" w:rsidRPr="000B70D7" w:rsidRDefault="00944898">
-[...21 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="6D09789A" w14:textId="77777777" w:rsidR="00EB29D0" w:rsidRPr="003759E5" w:rsidRDefault="00EB29D0" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50C2E0E0" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードで暮らしを便利に</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F39CFEF" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「マイナポータル」は、マイナンバーカードを使いログインすることで様々なサービスを受けることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47EAE681" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナンバーカードは、様々な生活シーンで使うことで暮らしを便利にするカードと言われています。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC0A039" w14:textId="77777777" w:rsidR="005A1BAF" w:rsidRPr="000B70D7" w:rsidRDefault="005A1BAF" w:rsidP="005A1BAF">
-[...30 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="1999C52C" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードを持っていると、なにができるのかを簡単に紹介させていただきます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2DE873" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナンバーカードは、</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D22F67" w14:textId="77777777" w:rsidR="005A1BAF" w:rsidRPr="000B70D7" w:rsidRDefault="005A1BAF" w:rsidP="005A1BAF">
-[...39 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="6B3B57D8" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>・銀行や保険会社の窓口などで、本人確認書類として使うことができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA5F207" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・マイナンバーカードは健康保険証としても利用できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F42DA6D" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・マイナポータルを使うと、市区町村や国への様々な手続がオンラインで実施できるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C23FF1" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・住民票や印鑑登録証など各種証明書を、コンビニでいつでも取得することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511BF12B" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・公金受取口座の登録もできます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FFD8B0" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・e-Taxで確定申告が自宅からできます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D289826" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>このように、マイナンバーカードは皆様の生活をより便利にするカードと言えます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4961DD32" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>本講座では、健康保険証登録と公金受取口座の登録についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8E10BC" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3060F1A0" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>目次</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12225714" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>１　マイナポータルを知りましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A734679" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-Ａ　マイナポータルとは？ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4363703D" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1-Ｂ　マイナポータルでできること</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D5BDA8" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-Ｃ　マイナポータルの利用の手順</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD9CCA5" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>２　マイナポータル利用の準備をしましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="308C9E06" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-Ａ　マイナポータルアプリのインストールのしかた</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D971BFB" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-Ｂ　マイナポータルのログイン/ログアウト方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491930D1" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-C　マイナポータルに関する確認サイト</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6672AA73" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３　健康保険証利用登録をしましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5801E687" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-Ａ　マイナンバーカードを健康保険証として使うメリット</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF5A055" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-Ｂ　健康保険証利用登録のしかた</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7914CE2B" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-C　マイナ保険証の利用のしかた</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E363A0A" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>４　公金受取口座の登録をしましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715D5331" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4-Ａ　公金受取口座の登録のしかた</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244D7C88" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4-Ｂ　公金受取口座登録制度の詳細や登録が可能な金融機関の確認方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E0ECD9" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F2C3A22" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1　マイナポータルを知りましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EBED297" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、マイナポータルの概要についてご説明いたし</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ます。</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B70D7">
-[...203 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    </w:p>
+    <w:p w14:paraId="2925C411" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="046D0625" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-A マイナポータルとは？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65916426" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルとは、政府が運営するオンラインサービスです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15BBF42D" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>子育てや介護をはじめとする行政サービスの検索やオンライン申請ができたり、行政からのお知らせを受け取ることができる自分専用のサイトです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66932B2D" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>一部の機能の利用にはマイナンバーカードは不要ですが、マイナンバーカードでログインすれば全ての機能を利用することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36EC4C78" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルを利用するには</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223E5962" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①スマートフォンの場合はマイナンバーカード読み取り対応の機種、パソコンの場合はマイナンバーカードに対応するアイシー（IC）カードリーダーが必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF7CA82" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②ログイン時に利用者証明用電子証明書のパスワード（数字４桁）が必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5920C91F" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※パスワードは3回連続で間違えるとロックがかかっ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>1-Ｂ　マイナポータルでできること</w:t>
-[...166 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>てしまいますので、正しいパスワードを事前に確認してから入力してください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D099AE" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③パスワードを正しく入力した後、マイナンバーカードをスマートフォンまたはアイシーカードリーダーにかざすことでマイナポータルを利用することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A98394" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E25601A" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-B　マイナポータルでできること</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE4ADE5" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次にマイナポータルでできることをご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F00BFA" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルは大きく分けて3つのタブとメニューで構成されております。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41082ADF" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1つ目が「ホーム」で、健康保険証や公金受取口座などの情報の確認が可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71617790" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2つ目が「やること」で、利用者証明用電子証明書の更新などの進捗確認をすることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F86B3D" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3つ目が「さがす」でカテゴリから検索し各項目の申請ができたり、または情報の確認をすることが可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22228BDA" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51AB84BB" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-C　マイナポータルの利用の手順</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0FD7AB" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">スマートフォンによるマイナポータルを利用するための手順についてご説明いたします。　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D19DE0" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>全体の流れは、大別して、2章,3章,4章に分かれます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A283A5" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2章は、マイナポータルを利用するための準備の部分です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA15902" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードを使いログイン（利用者証明用電子証明書の認証）を行うことで、自分専用のサイトが開設できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE09C89" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3章は、マイナポータルで用意されている「健康保険証利用登録」の部分になります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02E20273" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4章は、「公金受取口座の登録」を利用する部分になります。とても便利なサービスですので是非使ってみてください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECF909F" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42F142E8" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2　マイナポータル利用の準備をしましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA09893" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、マイナポータルを利用する準備についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780A0528" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>マイナポータルアプリやログイン方法、利用者の認証を行っていきます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3374D3DB" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>利用者認証時には、ご自身のマイナンバーカードが必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F04A02" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードをお手元にご準備ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D618EE" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="175810F2" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-A　マイナポータルアプリのインストールのしかた</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="288EDE65" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンでマイナポータルを利用するための手順をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF6914D" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①まずは、ホーム画面でアップストア（App Store）をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D30EAD4" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②次に、右下の「検索」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2772EE49" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③検索枠に「まいなぽーたる」と入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2C20E3" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④右下の検索ボタンをダブルタップし検索します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41AEADAA" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤「マイナポータルアプリ」のインストール画面が出てきますので、「入手」をダブルタップします。これでアプリのインストールが始まります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="654919CA" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥インストールが完了すると表示が「開く」に変わりま</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>す。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2838C263" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E30341A" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-B　マイナポータルのログイン/ログアウト方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4BB379" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、マイナポータルアプリへのログイン方法についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6530DD54" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、マイナポータルアプリを立ち上げます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA7DE72" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①マイナポータルアプリをインストール後、ホーム画面からマイナポータルをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290D89B7" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「マイナポータルにログイン」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F01CFD" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A27C081" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、利用者証明用電子証明書の認証を行い、マイナンバーカードをスマートフォンで読み取ります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12110DE0" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「利用者証明用電子証明書」とは、「ログインした者が、利用者本人であること」を証明することができる電子証明書のことで、マイナンバーカードに搭載されています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334E0B44" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>書面取引における印鑑証明書のようなものです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5412EEB8" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「利用者証明用電子証明書のパスワード」とは、マイナ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ンバーカードを市区町村の窓口で受け取った時に利用者証明用電子証明書に設定した数字4桁のパスワードのことです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755CD977" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①利用者証明用電子証明書の数字４桁のパスワードを入力します。パスワードを３回間違えると不正防止のためロックがかかります。　正しいパスワードを確認してから入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B82834" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②マイナンバーカードをスマートフォンの読み取り部に密着させます。スマートフォンの機種により、マイナンバーカードの読み取り位置が異なる場合がございます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AEB21F1" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「読み取り開始」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC906E6" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④「読み取りが完了しました」と表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1A568F" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>初めてログインされる方は、次のページの利用者登録の画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2E7494" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F51A5AD" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>初めてログインされる方は、ここで利用者登録を行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A4DC27A" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>①まず、「登録をはじめる」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042A9A11" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②利用規約・プライバシーポリシーをチェックし「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D223368" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③メールアドレスを入力し、｢確認コードを送信」をダブルタップします</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741AE130" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④確認コードを入力し、「次へ」をダブルタップします</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493DB858" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤メールアドレスを確認し、「登録」をダブルタップします</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD5EF4B" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥登録完了画面が表示されますので、「はじめる」をダブルタップします。これで「利用者登録」は完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33ED730E" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="550ACCD1" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、こちらでログインと合わせてログアウト方法もご説明させていただきます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A605ED8" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ホーム画面右上にある横三本の線のマークをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E23540A" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②メニューが表示されますので、下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E969C8" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「ログアウト」の文字が出てきますので、「ログアウト」</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8BDA6C" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④「ログアウトしますか」というポップアップが表示されますので、再度「ログアウト」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634746FC" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>これでマイナポータルからログアウトすることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E43601E" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1267D389" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t> 2-C マイナポータルに関する確認サイト</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342AFA60" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルを利用するための確認サイトのご紹介です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD3F2EA" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータル対応のスマートフォンの機種、パソコンで利用する時に必要なマイナンバーカード読み取り対応のアイシーカードリーダー等、マイナポータルの動作環境や操作方法について、</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311AE422" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、マイナポータル対応の最新の情報など利用に関しては、それぞれサイトがありますので参考にしてください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FAEC032" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①マイナポータルアプリ対応のスマートフォンの機種一覧</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1021D2" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>②マイナンバーカード読み取り対応のアイシーカードリーダーの一覧</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BEE3F3E" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③マイナポータル</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DFD1214" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>と検索いただき、必要に応じてお役立てください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145ED676" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39D21E83" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3　健康保険証利用の登録をしましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE96420" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、マイナンバーカードを健康保険証として登録する方法についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712ECEFA" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75DEE929" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-A　マイナンバーカードを健康保険証として使うメリット</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03A3C275" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>それでは、まず、マイナンバーカードを健康保険証として使うと、どんないいことがあるのか、メリットからご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C67C005" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①より良い医療を受けることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733E5E86" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードを保険証として利用し、過去の診療や処方された薬剤、特定健診等の結果の提供にご本人が同意することで、初めての医療機関・薬局でも、「過</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>去の診療情報」、「処方された薬の情報」、「特定健診等の情報」など、ご自身の健康に関する様々な情報が自動で医療機関に連携され、正確な情報に基づいた総合的な診察や、重複する投薬を回避したより適切な処方を受けることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ABD2B4C" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>この機能によって、旅行先や災害時など、お薬手帳など自分の情報を確認するものがないときでも、薬剤情報などが確認できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8C23BC" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②手続きなしで限度額以上の支払いが不要になります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77438EAE" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードを保険証として利用すると、高額療養費制度の利用方法が変わります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C5A08F" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、高額療養費制度について簡単に説明します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AD8C81" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>高額療養費制度とは、1ヶ月間に医療機関や薬局で支払った金額が高額になった場合、一定の限度額以上はお金が払い戻される制度です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51F402C2" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>これまでの利用法では、事前の申請により認定証を準備するか、間に合わなければ、窓口で一時的な支払い</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>をする必要がありました。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191ABAC6" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>しかし、マイナンバーカード保険証を利用すると、限度額以上の一時支払いが不要になります。面倒な書類の手続きも必要ありません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="251A15D8" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③医療費控除がより簡単になります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74C4D183" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルから、かかった医療費の総額や、診療を受けた日付、医療機関等の名称などの、医療費通知情報がいつでも閲覧できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA68AD2" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>さらにマイナポータルからe-Taxに情報連携させることで、医療費控除の申告もオンラインで完結します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39287A6C" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>紙の明細等を管理する必要がなくなります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A292B5" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④自分の体の健康管理にも役立ちます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E2F009" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>自分自身の特定健診情報や過去に処方された薬剤の情報など、自分の体に関わる情報がマイナポータルからいつでも確認でき、自身の健康管理にも役立ちます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671F71A5" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、マイナポータルの薬剤情報は電子版お薬手帳にも連携可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C57A1C1" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>⑤救急現場で応急処置や病院の選定に活用されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E548A7" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ご自身で説明することが難しい状態でも、救急隊が通院やお薬の記録を確認でき、適切な応急処置や医療機関への搬送につながります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F20D27B" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>息苦しくて会話ができない、ご家族が倒れたがいつも飲んでいる薬がわからない等、様々な状況で有効に活用できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="746E64C9" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0888F262" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-B　健康保険証利用登録のしかた</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C74B82" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、マイナンバーカードの健康保険証利用登録のしかたについてご説明します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A86CA7" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードの健康保険証利用登録方法は、スマートフォン・パソコン・医療機関等の受付・セブン銀行のATMから登録の4種類あり、お好きな方法を選ぶことが可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385D25E0" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6882C8BB" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>本教材では、スマートフォンからの登録について取り扱います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D403D7" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57E96476" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、マイナンバーカードを健康保険証として登録する方法をご説明します。登録はマイナポータルから行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBFF163" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①マイナポータルの画面から「健康保険証」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="719C39BB" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「登録」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AB44A3" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードをスマートフォン裏面に密着させ読み取りを行うことで、健康保険証としての利用登録を行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F75028B" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③登録中画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EF8CD2" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④利用登録状況が「登録済」になります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFA5E15" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>以上で保険証利用の登録は完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D66E49" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D1C5C1A" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>3-C　マイナ保険証の利用のしかた</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="251BAFDC" w14:textId="77777777" w:rsidR="005A1BAF" w:rsidRPr="000B70D7" w:rsidRDefault="005A1BAF" w:rsidP="005A1BAF">
-[...107 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="14060347" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、マイナ保険証の利用のしかたをご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B86640" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードの健康保険証利用はとても簡単に</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>1-A　マイナポータルとは？</w:t>
-[...147 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E378C93" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードを健康保険証として利用することができる医療機関や薬局では、専用の顔認証付きカードリーダーが置いてあります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4418CFC0" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>顔認証付きカードリーダーでマイナンバーカードを読み取った後、本人確認をすることで、マイナンバーカードを保険証として使えます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7727FF39" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E56FA1C" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>健康保険証利用を行う際の顔認証付きカードリーダーの使い方をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C5F817" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①顔認証付きカードリーダーにマイナンバーカードを置きます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ACB3DD4" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②顔認証付きカードリーダーに「本人確認の方法を選んでください」の画面が表示されますので、本人確認の方法を選びます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="420FE60D" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>本人確認の方法は、顔の画像を機械が判別する「顔認証」と暗証番号を自身で入力する「暗証番号入力」があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F95A1C" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>③パスワードを正しく入力した後、マイナンバーカードをスマートフォンまたはICカードリーダーにかざすことでマイナポータルを利用することができます。</w:t>
-[...186 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>医療機関・薬局の職員の目視による本人確認もできますので、窓口でご相談ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFE30DA" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③顔認証の場合は、顔認証付きカードリーダーに表示される四角の中に顔を合わせてください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA4FFD3" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④暗証番号入力の場合は、ご自身で設定された暗証番号を入力してください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F71965" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>なお、教材に表示されている画面は、実際には変更になる可能性がございますので、ご注意ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B9A0B42" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤特定健診情報や薬剤情報について、該当する項目を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7DAD80" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F5C7847" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4　公金受取口座の登録をしましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697EE8AC" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、マイナポータルで公金受取口座を登録する方法についてご説明します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F93C776" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="333F7AA6" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4-A　公金受取口座の登録のしかた</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2550FE6F" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルを利用して、公金受取口座を国に登録することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3DB0C8" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>全体の流れは、大別して、2章,3章,4章に分かれます。</w:t>
-[...148 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>事前に公金受取口座を登録しておけば、緊急に給付金を受け取ることになった場合も、申請書に口座情報を書いたり、行政機関で口座情報の確認作業等をしなくて済むようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CB3B4EE" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>なお、公金受取口座を登録しても、国が預金残高を把握したり、税金が勝手に引き落とされることはありませんので、ご安心ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F106090" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="606241C2" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>公金受取口座に関してはマイナポータルアプリから登録を始めます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34818A37" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>最初にマイナポータルアプリで本人情報の読み取りを行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A0388B" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①まず、マイナポータルアプリの初期画面から「公金受取口座」をダブルタップします。下にスクロールすると見つけやすいです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A62128" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「登録をはじめる」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32CA97C5" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「本人情報の入力」という画面が表示されますので、「本人情報の入力をはじめる」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="212D2B1F" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2-A　マイナポータルアプリのインストールのしかた</w:t>
-[...258 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>④券面入力用の数字４ケタの暗証番号を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1414EEC2" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤マイナンバーカードとスマートフォンの読み取り部を合わせます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02184685" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥「読み取り開始」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0F496C" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦読み取り完了後、本人情報が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24809019" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧氏名をカタカナで入力し、「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18583210" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38F8517D" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>口座の登録画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295AECE5" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「金融機関名・金融機関コード」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203EE7C8" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②登録したい金融機関の名称、または名称の一部を入力することで、金融機関を検索できます。検索結果に出てきた金融機関を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CF86A9" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「支店名・支店コード」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246DC189" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④登録したい支店名または名称の一部を入力することで、支店を検索できます。支店に出てきた金融機関を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E758234" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>するか、シリを起動して｢マイナポータルを開いて｣と声をかけて「マイナポータル」アプリを開きます。</w:t>
-[...147 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>⑤「普通/当座」のいずれかを選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D10E5C5" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥「口座番号」を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AACF2D5" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦「口座名義」を確認します。口座名義は自動で入力されています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27EC820A" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧「次へ」をダブルタップします。照会結果の詳細に関しては、マイナポータルサイトの「よくあるご質問」をご参照ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528CF313" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑨口座名義について本人かどうかの確認画面が表示されますので、「確認して次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D48A82C" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="010CA26C" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、登録内容の確認をします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CBFCCD1" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①登録内容の確認画面がでますので下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452167FC" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②登録内容の確認ができましたら「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="399F1E96" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04EBEF23" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、本人確認をします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A41B7C7" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「本人確認をはじめる」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7634319E" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>画面を触れたまま「数字4桁　セキュリティ保護されたテキストフィールド」と言うところまで指を下に動かします。その後ダブルタップして文字入力可能な状態にします。</w:t>
-[...100 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>②券面入力用の数字４桁の暗証番号を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07776672" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③マイナンバーカードとスマートフォンの読み取り部を合わせます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA1CA01" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④「読み取り開始」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04EF0064" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤本人確認完了画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FEEBA38" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AFC6ED5" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A87686F" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、同意確認の内容の確認をします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BE4489" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①同意確認の画面がでますので下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59583048" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②同意確認の内容の確認ができましたら「すべての確認事項に同意する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8C8520" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「登録」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FDC1D0E" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④登録手続き完了画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A536273" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>これで公金受取口座の登録は完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4502A83E" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F809B5" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4-B　公金受取口座登録制度の詳細や登録が可能な金融機関の確認方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D994317" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>③「読み取り開始」をダブルタップします。</w:t>
-[...2942 lines deleted...]
-        </w:rPr>
         <w:t>公金受取口座登録制度の詳細やよくある質問、公金受取口座登録が可能な金融機関などは</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B70D7">
+      <w:r w:rsidRPr="003759E5">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B70D7">
+      <w:r w:rsidRPr="003759E5">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="游明朝" w:hint="eastAsia"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>ユーアールエル（</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B70D7">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>URL）・キューアール（QR）コードを掲載していますので、参考にしてください。</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B70D7">
+      <w:r w:rsidRPr="003759E5">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE42E50" w14:textId="77777777" w:rsidR="00D12D75" w:rsidRPr="000B70D7" w:rsidRDefault="00D12D75" w:rsidP="00D12D75">
-[...11 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="3BAF9722" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>情報の更新も考えられますので、こまめにチェックすると良いです。</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B70D7">
+      <w:r w:rsidRPr="003759E5">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D1A759" w14:textId="77777777" w:rsidR="00D12D75" w:rsidRPr="000B70D7" w:rsidRDefault="00D12D75" w:rsidP="00D12D75">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="000B70D7">
+    <w:p w14:paraId="5A45BBA8" w14:textId="77777777" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="700DFDEF" w14:textId="77777777" w:rsidR="00D12D75" w:rsidRPr="000B70D7" w:rsidRDefault="00D12D75" w:rsidP="00D12D75">
-[...11 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="0BECDF3A" w14:textId="0D2A3230" w:rsidR="003759E5" w:rsidRPr="003759E5" w:rsidRDefault="003759E5" w:rsidP="003759E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003759E5">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>公金受取口座についての説明は以上です。</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B70D7">
+      <w:r w:rsidRPr="003759E5">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63D3BCB9" w14:textId="77777777" w:rsidR="00D12D75" w:rsidRPr="000B70D7" w:rsidRDefault="00D12D75" w:rsidP="00D12D75">
-[...28 lines deleted...]
-    <w:sectPr w:rsidR="00D12D75" w:rsidRPr="000B70D7">
+    <w:sectPr w:rsidR="003759E5" w:rsidRPr="003759E5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BBE2B47" w14:textId="77777777" w:rsidR="00FE5366" w:rsidRDefault="00FE5366" w:rsidP="002522EE">
+    <w:p w14:paraId="124E7376" w14:textId="77777777" w:rsidR="006E3249" w:rsidRDefault="006E3249" w:rsidP="00A126D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F30E838" w14:textId="77777777" w:rsidR="00FE5366" w:rsidRDefault="00FE5366" w:rsidP="002522EE">
+    <w:p w14:paraId="0EECC99E" w14:textId="77777777" w:rsidR="006E3249" w:rsidRDefault="006E3249" w:rsidP="00A126D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="游明朝">
+    <w:panose1 w:val="02020400000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="游明朝">
-    <w:panose1 w:val="02020400000000000000"/>
+  <w:font w:name="游ゴシック Light">
+    <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BIZ UDPゴシック">
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002F7" w:usb1="2AC7EDF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="游ゴシック Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="361BF566" w14:textId="77777777" w:rsidR="00FE5366" w:rsidRDefault="00FE5366" w:rsidP="002522EE">
+    <w:p w14:paraId="501A77D2" w14:textId="77777777" w:rsidR="006E3249" w:rsidRDefault="006E3249" w:rsidP="00A126D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09DAF5CD" w14:textId="77777777" w:rsidR="00FE5366" w:rsidRDefault="00FE5366" w:rsidP="002522EE">
+    <w:p w14:paraId="47A64964" w14:textId="77777777" w:rsidR="006E3249" w:rsidRDefault="006E3249" w:rsidP="00A126D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...187 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="38"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005A1BAF"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00FE5366"/>
+    <w:rsidRoot w:val="003759E5"/>
+    <w:rsid w:val="001257BC"/>
+    <w:rsid w:val="003759E5"/>
+    <w:rsid w:val="00390CE7"/>
+    <w:rsid w:val="00650335"/>
+    <w:rsid w:val="006E3249"/>
+    <w:rsid w:val="00A04E29"/>
+    <w:rsid w:val="00A126D7"/>
+    <w:rsid w:val="00EB29D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="02D2289F"/>
+  <w14:docId w14:val="5E47F227"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B47033C5-CF2F-4424-BF7B-4A28285F44A9}"/>
+  <w15:docId w15:val="{6117038C-9BCA-42D6-AEB9-0338530B9820}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="21"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5558,974 +4609,1341 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:jc w:val="both"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="100" w:left="100"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="200" w:left="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="300" w:left="300"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="400" w:left="400"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="500" w:left="500"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="見出し 1 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="見出し 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="見出し 3 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="見出し 4 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="見出し 5 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="見出し 6 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="見出し 7 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="見出し 8 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="見出し 9 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="表題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="副題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="引用文 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005A1BAF"/>
+    <w:rsid w:val="003759E5"/>
     <w:pPr>
-      <w:ind w:leftChars="400" w:left="840"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="23"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="引用文 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="24">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="003759E5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002522EE"/>
+    <w:rsid w:val="00A126D7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="ヘッダー (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002522EE"/>
+    <w:rsid w:val="00A126D7"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002522EE"/>
+    <w:rsid w:val="00A126D7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002522EE"/>
+    <w:rsid w:val="00A126D7"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="19166809">
+    <w:div w:id="3287450">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="56635914">
+    <w:div w:id="12345196">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="132213088">
+    <w:div w:id="30689805">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="194467708">
+    <w:div w:id="58526834">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="197201980">
+    <w:div w:id="102464584">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="222254045">
+    <w:div w:id="177502508">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="247230912">
+    <w:div w:id="179398242">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="316037398">
+    <w:div w:id="208732838">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="327952143">
+    <w:div w:id="221335049">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="328674658">
+    <w:div w:id="256641744">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="336540853">
+    <w:div w:id="275796183">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="397479665">
+    <w:div w:id="291516897">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="401760350">
+    <w:div w:id="354308284">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="418985492">
+    <w:div w:id="412509977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="518932635">
+    <w:div w:id="438256762">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="543100885">
+    <w:div w:id="439685706">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="602079822">
+    <w:div w:id="473377999">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="637107235">
+    <w:div w:id="488062635">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="728848781">
+    <w:div w:id="528376897">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="731731910">
+    <w:div w:id="573466539">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="732122068">
+    <w:div w:id="617873600">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="733355109">
+    <w:div w:id="659044875">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="734622528">
+    <w:div w:id="877744035">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="744643509">
+    <w:div w:id="1145126467">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="749547542">
+    <w:div w:id="1152604194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="793401517">
+    <w:div w:id="1154419310">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="803472632">
+    <w:div w:id="1182860961">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="877548639">
+    <w:div w:id="1204093996">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="884296326">
+    <w:div w:id="1266116482">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="920142096">
+    <w:div w:id="1267227145">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="933703159">
+    <w:div w:id="1433280669">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="950163714">
+    <w:div w:id="1433864308">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="989559821">
+    <w:div w:id="1521772777">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="997923086">
+    <w:div w:id="1561788770">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1103454393">
+    <w:div w:id="1566602565">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1226647306">
+    <w:div w:id="1575317085">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1298759498">
+    <w:div w:id="1586264969">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1343553918">
+    <w:div w:id="1591816311">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1444959873">
+    <w:div w:id="1610237098">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1597178914">
+    <w:div w:id="1661229457">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1600865895">
+    <w:div w:id="1753501738">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1617179914">
+    <w:div w:id="1814984153">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1632707546">
+    <w:div w:id="1874540916">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1673878061">
+    <w:div w:id="1893270745">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1746367849">
+    <w:div w:id="1911646834">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1759519448">
+    <w:div w:id="1917322167">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1764033246">
+    <w:div w:id="1926722067">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1788547621">
+    <w:div w:id="2049794818">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1795170677">
+    <w:div w:id="2058384111">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1861428542">
+    <w:div w:id="2062901417">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1881357814">
+    <w:div w:id="2133286062">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1890991036">
-[...103 lines deleted...]
-    <w:div w:id="2144736737">
+    <w:div w:id="2138403017">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="游ゴシック Light" panose="020F0302020204030204"/>
+        <a:latin typeface="游ゴシック Light" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6533,51 +5951,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="游明朝" panose="020F0502020204030204"/>
+        <a:latin typeface="游明朝" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6727,159 +6145,198 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100630C360F03D9154893E8CD1E92A1C47E" ma:contentTypeVersion="12" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a7bc55e77245ee526a4c6de1d040215d">
-[...2 lines deleted...]
-    <xsd:import namespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="956f8374-eac6-4c01-9e9a-c7d7573af740" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010084154F20975AA5409AAA8A81D223D4B6" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="963ccaca711a582e36fee9d0e6a5471a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c23fec77-1f23-433b-b54b-3158c30b0fa3" xmlns:ns3="956f8374-eac6-4c01-9e9a-c7d7573af740" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d66a159e8ce2610d30bcd29c8735495" ns2:_="" ns3:_="">
+    <xsd:import namespace="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <xsd:import namespace="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="079a4871-f4a2-4665-9954-203da50962a5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c23fec77-1f23-433b-b54b-3158c30b0fa3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="4fc079cf-368d-4738-8e08-a0b0e68d1a92" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="1e1c6816-2a4f-4461-93c7-8dd281d6228d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="21" nillable="true" ma:displayName="承認の状態" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="22" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="956f8374-eac6-4c01-9e9a-c7d7573af740" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3e2f2ba5-c93a-4102-ad8d-e1a5341c9bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="2c894bec-798d-4cf3-95d8-8ea6401a7b86">
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4f4c2df7-119e-42eb-b5ef-c638e6a4a2bd}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="956f8374-eac6-4c01-9e9a-c7d7573af740">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -6946,149 +6403,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C01BFE7-E5A7-47A2-ABCC-8B2B7A9D17F8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FA58A29-8477-4D03-AF51-63FE70A521C8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9102F083-C53B-435E-8456-5408A912EBE6}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDFA21BB-B19F-485A-BC38-E9363BBFB81A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="079a4871-f4a2-4665-9954-203da50962a5"/>
-    <ds:schemaRef ds:uri="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>26</Pages>
-[...1 lines deleted...]
-  <Characters>7192</Characters>
+  <Pages>23</Pages>
+  <Words>1081</Words>
+  <Characters>6166</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8437</CharactersWithSpaces>
+  <CharactersWithSpaces>7233</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>山田 英治</dc:creator>
+  <dc:creator>望月 桃華</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100630C360F03D9154893E8CD1E92A1C47E</vt:lpwstr>
+    <vt:lpwstr>0x01010084154F20975AA5409AAA8A81D223D4B6</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>4195800</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>