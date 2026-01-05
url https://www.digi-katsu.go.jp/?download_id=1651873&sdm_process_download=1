--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -167,51 +167,51 @@
     <p:sldId id="508" r:id="rId11"/>
     <p:sldId id="510" r:id="rId12"/>
     <p:sldId id="511" r:id="rId13"/>
     <p:sldId id="512" r:id="rId14"/>
     <p:sldId id="513" r:id="rId15"/>
     <p:sldId id="540" r:id="rId16"/>
     <p:sldId id="538" r:id="rId17"/>
     <p:sldId id="602" r:id="rId18"/>
     <p:sldId id="562" r:id="rId19"/>
     <p:sldId id="532" r:id="rId20"/>
     <p:sldId id="533" r:id="rId21"/>
     <p:sldId id="534" r:id="rId22"/>
     <p:sldId id="535" r:id="rId23"/>
     <p:sldId id="536" r:id="rId24"/>
     <p:sldId id="537" r:id="rId25"/>
     <p:sldId id="514" r:id="rId26"/>
     <p:sldId id="516" r:id="rId27"/>
     <p:sldId id="518" r:id="rId28"/>
     <p:sldId id="520" r:id="rId29"/>
     <p:sldId id="521" r:id="rId30"/>
     <p:sldId id="523" r:id="rId31"/>
     <p:sldId id="524" r:id="rId32"/>
     <p:sldId id="526" r:id="rId33"/>
     <p:sldId id="525" r:id="rId34"/>
     <p:sldId id="1098" r:id="rId35"/>
-    <p:sldId id="1106" r:id="rId36"/>
+    <p:sldId id="1107" r:id="rId36"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6737350" cy="9869488"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -352,100 +352,100 @@
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{A5997161-CE81-4E6F-B8A6-2E2E82D3C31C}" v="1" dt="2025-03-13T00:59:22.682"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="83647" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="90" d="100"/>
-          <a:sy n="90" d="100"/>
+          <a:sx n="70" d="100"/>
+          <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="2136" y="66"/>
+        <p:origin x="1108" y="56"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="482"/>
         <p:guide orient="horz" pos="1752"/>
         <p:guide orient="horz" pos="3906"/>
         <p:guide orient="horz" pos="1185"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="44" d="100"/>
           <a:sy n="44" d="100"/>
         </p:scale>
         <p:origin x="2792" y="40"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="90001" cy="90001"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="山田 英治" userId="9ffee3f4-f216-48e4-9b3d-afa6a3405312" providerId="ADAL" clId="{7F910CE3-E49F-4B61-A0A5-6E6F5497D269}"/>
     <pc:docChg chg="custSel modSld modNotesMaster">
       <pc:chgData name="山田 英治" userId="9ffee3f4-f216-48e4-9b3d-afa6a3405312" providerId="ADAL" clId="{7F910CE3-E49F-4B61-A0A5-6E6F5497D269}" dt="2024-11-15T02:07:01.192" v="85" actId="478"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modNotes">
         <pc:chgData name="山田 英治" userId="9ffee3f4-f216-48e4-9b3d-afa6a3405312" providerId="ADAL" clId="{7F910CE3-E49F-4B61-A0A5-6E6F5497D269}" dt="2024-11-15T01:57:11.735" v="6" actId="478"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1393760011" sldId="266"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modNotes">
         <pc:chgData name="山田 英治" userId="9ffee3f4-f216-48e4-9b3d-afa6a3405312" providerId="ADAL" clId="{7F910CE3-E49F-4B61-A0A5-6E6F5497D269}" dt="2024-11-15T02:00:45.093" v="36" actId="478"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3308167297" sldId="456"/>
         </pc:sldMkLst>
       </pc:sldChg>
@@ -4059,51 +4059,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3816350" y="0"/>
             <a:ext cx="2919413" cy="495300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9ECEA887-7B4B-4F22-BD39-E8303A8B4E2E}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="フッター プレースホルダー 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{954F3EE7-B391-A205-5A16-82BBA84575C5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="9374188"/>
             <a:ext cx="2919413" cy="495300"/>
@@ -4240,51 +4240,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3816273" y="0"/>
             <a:ext cx="2919518" cy="495188"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91426" tIns="45713" rIns="91426" bIns="45713" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C70926DE-1F0E-4304-8543-3C0432D7CE11}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="スライド イメージ プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="681038" y="612775"/>
             <a:ext cx="5375275" cy="4030663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -7120,85 +7120,85 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2B53D04A-B60E-1241-96E3-BBB7CC6C31A8}" type="slidenum">
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:pPr/>
               <a:t>32</a:t>
             </a:fld>
             <a:endParaRPr lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="スライド イメージ プレースホルダー 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B97535C2-A9A3-D177-9E87-70F24F2D809A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1208B6C9-271A-9903-535E-37C4683D10E5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="ノート プレースホルダー 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F0A360D-4DAA-3E2D-8C69-31CC200DB08F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97D1DF74-CAE4-9814-374D-E75E548CE0C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2545960852"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -7944,51 +7944,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>マスター サブタイトルの書式設定</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4A74297A-D009-42D9-B0D3-50357D67E321}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8062,51 +8062,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4A74297A-D009-42D9-B0D3-50357D67E321}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8157,51 +8157,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4A74297A-D009-42D9-B0D3-50357D67E321}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8466,51 +8466,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4A74297A-D009-42D9-B0D3-50357D67E321}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8723,51 +8723,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4A74297A-D009-42D9-B0D3-50357D67E321}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8925,51 +8925,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4A74297A-D009-42D9-B0D3-50357D67E321}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9137,51 +9137,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4A74297A-D009-42D9-B0D3-50357D67E321}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10786,51 +10786,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4A74297A-D009-42D9-B0D3-50357D67E321}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -11030,51 +11030,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4A74297A-D009-42D9-B0D3-50357D67E321}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -11326,51 +11326,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4A74297A-D009-42D9-B0D3-50357D67E321}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -11757,51 +11757,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4A74297A-D009-42D9-B0D3-50357D67E321}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -12006,51 +12006,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4A74297A-D009-42D9-B0D3-50357D67E321}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/2</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -12992,51 +12992,51 @@
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
               <a:t>7</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
-              <a:t>4</a:t>
+              <a:t>11</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
               <a:t>月</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="図 6" descr="アイコン&#10;&#10;自動的に生成された説明">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E1AEF47-C94A-EC35-38EB-C9EB97A7C2FD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
@@ -38844,233 +38844,157 @@
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
               <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
-              <a:r>
-[...53 lines deleted...]
-              </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>　 使って楽しく歩こう</a:t>
+                <a:t>●全国版救急受診アプリ</a:t>
               </a:r>
-              <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
-[...12 lines deleted...]
-              </a:pPr>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
               <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>●全国版救急受診アプリ（</a:t>
+                <a:t>　（</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>Q</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>助）で</a:t>
+                <a:t>助）で病気やけがの</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>　 病気やけがの緊急度を </a:t>
-[...17 lines deleted...]
-                <a:t> 　判定しよう</a:t>
+                <a:t>　 緊急度を 判定しよう</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="正方形/長方形 8">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{788A9A97-85C4-93C7-0405-C68F559B1D73}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
@@ -39197,107 +39121,100 @@
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:lnSpc>
                   <a:spcPct val="130000"/>
                 </a:lnSpc>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFont typeface="+mj-ea"/>
                 <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>●スマートフォン用電子証明書を</a:t>
+                <a:t>●マイナンバーカードの機能を　　　　　　　　　　　　　　　　</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:lnSpc>
                   <a:spcPct val="130000"/>
                 </a:lnSpc>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFont typeface="+mj-ea"/>
                 <a:buNone/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
-[...9 lines deleted...]
-              <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>　スマートフォンに搭載しよう</a:t>
+                <a:t>　 スマートフォンに搭載しよう</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
-              <a:pPr>
+              <a:pPr lvl="0">
                 <a:lnSpc>
                   <a:spcPct val="130000"/>
                 </a:lnSpc>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFont typeface="+mj-ea"/>
+                <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>●マイナポータルを</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr>
                 <a:lnSpc>
                   <a:spcPct val="130000"/>
@@ -40056,51 +39973,51 @@
               <a:defRPr sz="2800" b="1" i="0">
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>総務省デジタル活用支援推進事業　教材一覧（応用講座）　</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="449840931"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1839277533"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -47992,52 +47909,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010086F37CC57251AD49BD16DFA498AB63FA" ma:contentTypeVersion="3" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="bf344255bbe02639e698b8bc647e6d9c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5ee39776-654d-4190-9d41-90b94a876707" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b8c9495fd9b6367b6023c581ca679b4f" ns2:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010086F37CC57251AD49BD16DFA498AB63FA" ma:contentTypeVersion="3" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a11c2663ab92a0fbc46fe69a28746cc2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5ee39776-654d-4190-9d41-90b94a876707" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b83f16d3a62d112188cee080a689bad3" ns2:_="">
     <xsd:import namespace="5ee39776-654d-4190-9d41-90b94a876707"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5ee39776-654d-4190-9d41-90b94a876707" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -48129,102 +48055,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9D70677-624F-477F-A2ED-BB4F691C9B82}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4C914AF-F106-4D87-8423-6A32BA9F21E0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A84B282F-0FD6-46B4-8F77-B30C79A56093}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55C86E14-CBE0-426D-BB75-09D51833A2F2}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="079a4871-f4a2-4665-9954-203da50962a5"/>
+    <ds:schemaRef ds:uri="5ee39776-654d-4190-9d41-90b94a876707"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office 2013 - 2022 Theme</Template>
   <TotalTime></TotalTime>
-  <Words>1758</Words>
+  <Words>1748</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>画面に合わせる (4:3)</PresentationFormat>
-  <Paragraphs>376</Paragraphs>
+  <Paragraphs>374</Paragraphs>
   <Slides>32</Slides>
   <Notes>32</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用されているフォント</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>テーマ</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>埋め込まれた OLE サーバー</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>