--- v0 (2025-10-15)
+++ v1 (2026-01-28)
@@ -1,4162 +1,4962 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7D890BCF" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="413FA4DF" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">スマートフォンアイフォン(iPhone)応用編　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D970322" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="41A4C8E4" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>※スマートフォンの操作説明は、アルファベット表記が多いため、音声や点字での確認が効率的に行えるようにカタカナ表記に置き換えています。各単元の最初のみカタカナの後にアルファベット表記をカッコ内に書いています。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="755FD76F" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="79037EF9" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69BBB069" w14:textId="4B117D5F" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>スマホで年金の情報を確認しよう（ねんきんネット）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D8C458" w14:textId="77777777" w:rsidR="00F066F8" w:rsidRPr="00ED3B06" w:rsidRDefault="00F066F8">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="05D1C1D6" w14:textId="77777777" w:rsidR="00EB29D0" w:rsidRPr="00802F90" w:rsidRDefault="00EB29D0" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64C96253" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>目次</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B46ABC" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1CCDFEE5" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1 「ねんきんネット」について</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196F9D58" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="25B84A85" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1-A 「ねんきんネット」とは？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69F3F3EF" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="2A0F940E" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1-B 「ねんきんネット」でできること</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE21627" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="32AF985B" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>2 「ねんきんネット」の登録をしよう</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5278B972" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1574A88A" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>2-A 「ねんきんネット」の登録方法</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C6F3E1A" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="37726291" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>2-B 「ねんきんネット」のログイン方法</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52AE56AB" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3A3C2380" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>3 「ねんきんネット」を活用してみよう</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="053FB544" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="302AC2A3" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>3-A こんな時に「ねんきんネット」</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7819AEB1" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7379B896" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3-B よくあるご質問</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C4FB6F6" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1FAB3660" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-C 問い合わせ先</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFF0CAC" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36D43ADF" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1 「ねんきんネット」について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E3580E" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは「ねんきんネット」とは何なのか、また「ねんきんネット」で何ができるかをご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083E69D6" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F08A44B" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-A 「ねんきんネット」とは？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4993B38D" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「ねんきんネット」は、年金記録の確認、年金見込額の試算、通知書の閲覧等、年金情報の確認や年金に関する各種手続きが行えるサービスです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425C0E0D" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>24時間いつでもどこでも、スマートフォンやパソコンからご利用いただけます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6093DCCA" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルと連携させることでマイナポータルからも簡単にアクセスすることが可能となります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238A29F2" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0677E65C" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>3-C 問い合わせ先</w:t>
-[...152 lines deleted...]
-        </w:rPr>
         <w:t>登録の方法については、次章でご紹介いたしますが、初回の利用登録はマイナンバーカードを使うと便利です。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D0FEC85" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="40CD08CD" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>なお、マイナンバーカードを使ってマイナポータルから利用登録する場合、初回利用登録が可能な時間帯は平日8時から23時までとなっており、時間帯によっては連携に時間がかかる場合があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="087F4E4B" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="542F1F7A" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-B 「ねんきんネット」でできること</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED75E7E" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「ねんきんネット」には、以下のような機能があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1750D314" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>なお、こちらで紹介している機能は一部です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12BE6ECD" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ご自身の年金記録の確認</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EAD5B5B" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンで、24時間いつでも最新の年金記録を確認できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B968454" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>将来の年金見込額の試算</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685F7549" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>さまざまな条件を設定することで、将来受け取る老齢年金の見込額が試算できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31236B81" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>追納等可能月数と金額の確認</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E0029D" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>なお、マイナンバーカードを使ってマイナポータルから利用登録する場合、初回利用登録が可能な時間帯は平日8時から23時までとなっており、時間帯によっては連携に時間がかかる場合があります。</w:t>
-[...165 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+        <w:t>国民年金保険料等が未納の期間や、学生納付特例制度等が適用されている期間とその金額を確認することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD11734" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>通知書の再交付申請</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5273FB62" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>日本年金機構から送付している様々な通知書の再交付を申請することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="467FC21B" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>電子版「ねんきん定期便」の確認</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E46680A" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>毎年誕生月に送付される「ねんきん定期便」をスマートフォンから確認できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255BC663" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>各種通知書の確認</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD67D0F" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>日本年金機構から送付している様々な通知書をスマートフォンから確認できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2156C766" w14:textId="603D2BC0" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>届書の電子申請</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192C5804" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>日本年金機構への届出の申請をスマートフォンから行うことができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553961A0" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>持ち主不明記録検索</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15631E9B" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>現在持ち主がわからなくなっている年金記録などをインターネット上で検索できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1699CDDE" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>できます。</w:t>
-[...208 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+        <w:t>主にこのような機能を「ねんきんネット」で利用することが可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C45486" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4093F256" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2　「ねんきんネット」の登録をしよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C4B41F" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、「ねんきんネット」を利用するための登録の方法をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="433ECBCC" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、アプリの更新に伴い、本教材で紹介している内容は変更になる可能性がございます。ご了承ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC1A681" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29D9C07F" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-A 「ねんきんネット」の登録方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21BA83C8" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、「ねんきんネット」を利用する際の登録方法を2種類ご紹介いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5E599D" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1つ目は、マイナポータルからの利用登録をする方法です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA09A3A" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>この方法では、まず、パソコンもしくはスマートフォンからマイナポータルにログインを行い、マイナポータルトップページの「年金」から「ねんきんネット」へ連携手続きをする、といった流れで利用登録を行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554973C4" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>毎年誕生月に送付される「ねんきん定期便」をスマートフォンから確認できます。</w:t>
-[...212 lines deleted...]
-        </w:rPr>
         <w:t>この登録方法では、マイナンバーカードとメールアドレスが必要となります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645BFD70" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7DEB1817" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>2つ目は、マイナポータルは使わず、「ねんきんネット」から直接利用登録をする方法です。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38169A4A" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3F082E28" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナンバーカードをお持ちでない方はこちらを選択してください。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5629D23D" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="37DF7B7D" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>こちらの方法では、「ねんきんネット」のユーザアイディー（ID）を取得の上、「ねんきんネット」から利用登録を進めます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D734155" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="139144C7" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>こちらの方法は、アクセスキーを持っている方と持っていない方で登録方法が異なります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699E252E" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="47083C04" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ユーザアイディーの取得には、年金手帳や年金証書などで確認できる「基礎年金番号」と登録するメールアドレスが必要となります。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:br/>
         <w:t>アクセスキーをお持ちの場合はあわせてご用意ください。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7305449A" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+    <w:p w14:paraId="21F3485C" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>なお、アクセスキーとは、ユーザアイディーの取得に必要な17桁の番号のことで、「ねんきん定期便」などに記載がされています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2BC246" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>この番号を使用してお申し込みをいただくことで、即時にユーザアイディーを取得できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABA6A4C" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="593F6CE4" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「ねんきんネット」の登録方法です。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71414DDA" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ホーム画面より「サファリ（Safari）」をダブルタップします。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71549B07" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「検索用の枠」をダブルタップします。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65857799" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「ねんきんねっと」と入力します。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C4A1DD8" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④画面右下の青色の「開く」をダブルタップします。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A09F891" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤検索結果の中から日本年金機構の「ねんきんネット」をダブルタップします。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B91B309" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥「ねんきんネット」が表示されます。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4742F899" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AFA36BD" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>それでは、実際に「ねんきんネット」の利用登録をしてみましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C12AEDB" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>はじめに、マイナンバーカードをお持ちの方の「ねんきんネット」の登録方法をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43CAB1E5" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「新規登録」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521769B8" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②画面上部の青い部分をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3579C0" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③画面が切り替わり表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618C8E12" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④表示されている画面から「マイナンバーカードあり」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347F327C" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤マイナポータルの画面で「ログイン」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC086FB" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥マイナポータルの数字４ケタのパスワードを入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C8548E" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦「読み取り開始」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B60A940" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧マイナンバーカードを後ろにかざします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256C44D9" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑨読み取りが完了したら、カードを外します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4599ED0F" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑩表示された画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD2B9E6" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑪「おかね」の項目内の「年金」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2132608F" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑫「連携をはじめる」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E41E9F" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑬「同意して次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3477A150" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>⑭連携手続き完了ページが表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFC7100" w14:textId="77777777" w:rsidR="00A56EE5" w:rsidRPr="00802F90" w:rsidRDefault="00A56EE5" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1300EE11" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>続いて、マイナンバーカードをお持ちでない方向けに、「ねんきんネット」から直接登録をする方法をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B9B4E7" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「新規登録」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="605DDAA2" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②画面上部のスマートフォン版「ねんきんネット」のご利用はこちらをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0340D74D" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③表示された画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699053BA" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④アクセスキーをお持ちの方は「アクセスキーあり」を、お持ちでない方は「アクセスキーなし」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38311AA5" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B4B83D5" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>先ほど「アクセスキーあり」を選択した方の手順からご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0D832F" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①利用規約を確認し、「同意する」にチェックを入れます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="706E5ED7" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「ご利用登録を続ける」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558E6724" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>③表示された画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5317A98B" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④内容を確認し、「閉じる」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760F15D9" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤ご自身のアクセスキーを入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC60CA2" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥ご自身の基礎年金番号を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76AEF628" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦氏名を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31264475" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧生年月日を入力し性別を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF1B1E6" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑨お客様設定パスワードを決め入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C428D16" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑩「秘密の質問」を選択し、「秘密の答え」を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EA34D75" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑪メールアドレスを入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DF3EA5" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑫お知らせメール配信希望を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F31AA33" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑬電話番号を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5B4490" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑭「次に進む（入力内容を確認する）」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B622094" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>登録したメールアドレス宛にユーザアイディー確認用メールが送付されますので、ユーザアイディーを確認の上、ログインしてください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62EFEE0E" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5272FFB6" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>続いて、アクセスキーなしを選択した方の手順をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C8DD55" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①利用規約を確認し、「同意する」にチェックを入れます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54DFD527" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「ご利用登録を続ける」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13DB8AEC" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③表示された画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="686D3AB3" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④内容を確認し、「閉じる」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D856E3" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤表示された画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768A20F2" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥ご自身の基礎年金番号を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04CC730A" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦氏名を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="326608F2" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧生年月日を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AE27E5D" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑨性別を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E16BC34" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑩郵便番号と都道府県を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67010F49" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑪住所を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB462F9" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑫お客様設定パスワードを入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6865B15A" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑬メールアドレスを入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2051A82F" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑭お知らせメールの配信希望を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E51FF5" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑮電話番号を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4807CC33" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>⑯「次に進む（入力内容を確認する）」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E31A454" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>後日ユーザアイディーが郵送されますので、そのユーザアイディーを使ってログインしてください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6A78CB" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0659FFB2" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-B 「ねんきんネット」のログイン方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B2F61A" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>それでは、登録できた「ねんきんネット」に実際にログインする方法をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D982440" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まずはマイナンバーカードを持っており、マイナポータルからログインする方法をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B39F2A" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「ログイン」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EDE81A" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②画面上部の青い部分をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E93EE89" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「マイナポータルからログイン」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C32B405" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④マイナポータルの画面で「ログイン」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D35B4E" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤マイナポータルの数字４ケタのパスワードを入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B62A9CE" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>⑥「読み取り開始」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13194850" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※「アイフォンのマイナンバーカード」機能を利用している方は、マイナンバーカードの読み取りが不要になり、顔や指紋だけでログインすることもできます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FCBA90D" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦マイナンバーカードを後ろにかざします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13210C07" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧読み取り完了後、カードを外します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E4753B" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑨表示された画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E721BF2" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑩「おかね」の項目内の「年金」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58661465" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑪表示された画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F294074" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑫「関連情報」から「ねんきんネットトップ（TOP）」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E1D530" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑬「ねんきんネット」トップページが表示されれば完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46752A36" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EB58E18" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次にマイナンバーカードを持っておらず、「ねんきんネット」からログインする方法をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46191752" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「ログイン」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA06E25" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②画面上部の青い部分をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60AF8F76" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>③表示された画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1F7F01" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④ユーザアイディーとパスワードを入力し、「ログイン」をダブルタップすると、ログインは完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="041DC98D" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C69CD79" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3 「ねんきんネット」を活用してみよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71FC6103" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、実際にどのような場面で「ねんきんネット」が活用できるのか、ご紹介いたします。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9324B4" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47EC022B" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-A こんな時に「ねんきんネット」</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441C096E" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここからは実際に「ねんきんネット」を活用していきましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A2AAB0" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>どのような場面で「ねんきんネット」を使うと便利なのか、場面ごとに紹介します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357AE0BA" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>１つ目は、ご自身の年金の記録を確認したい場面です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460C21A7" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「ねんきんネット」ではパソコンやスマートフォンから、24時間いつでも最新の年金記録を簡単に確認することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A73EB98" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>さらに、国民年金保険料を納付していなかったり、厚生</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>年金保険の標準報酬月額に大幅な変更があったりなど、特にご確認いただきたい年金記録がある月には、アイコンでわかりやすく表示してくれます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689F577B" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40E8DF2F" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...30 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>それでは、実際に年金記録を確認する方法をご紹介いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C6F001" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「ねんきんネット」トップページで下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF23FB7" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「年金記録を確認する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CB6010" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「一覧で年金記録を確認する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05311C5C" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④年金記録が表示されれば完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383C650C" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38A18354" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>２つ目は、年金振込通知書などの様々な通知をスマホやパソコンから確認したいという場面です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2737F84C" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「ねんきんネット」を使えば、年金受給者の方を対象にしている「年金振込通知書」や、国民年金および厚生年金に加入している方（被保険者）を対象にしている「ね</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>んきん定期便」などの各種通知書をご自身のスマートフォンやパソコンから見ることができるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="293D481D" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>確認した各種通知書はピーディーエフ（PDF）ファイルにして保存し、印刷することが可能です。通知をいつでも確認でき、紙で管理する必要がなくなります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE652CD" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="686EBDF9" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>それでは、実際に各種の通知を確認する方法をご紹介いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7ADC22" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「ねんきんネット」トップページで下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335C0D06" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「通知書を確認する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2EA70D" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③スクロールすると自分が現在確認できる通知が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECB7A7C" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④確認したい通知の「ダウンロード」をダブルタップすることで通知をダウンロードし、確認できるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F3FF20" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39160D08" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>最後は、年金に関する届出をオンラインで行いたいという場面です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFEC1ED" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「ねんきんネット」を使えば、日本年金機構への届出をパソコンやスマートフォンからオンラインで行うことができるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516268A7" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>なお、ご利用対象者は、マイナポータルから「ねんきんネット」を利用している方となりますので、ご注意ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4755BA6A" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、電子申請が可能な届書は、「公的年金等の受給者の扶養親族等申告書」になります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EDD55FD" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>公的年金等の受給者の扶養親族等申告書とは、源泉徴収される際に、各種の控除（障害者控除や配偶者控除）を受けることを申告するための申告書です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C38B0D0" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>届出の電子申請には、マイナポータルからのログインが必要です。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ユーザアイディーを用いて「ねんきんネット」からログインしている方は利用することができませんので、ご注意ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E0CAAA6" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="082360A1" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>それでは、実際の電子申請の方法をご紹介いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="503EC2F3" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、操作手順の確認のみを行い、実際に申請は行いません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C9C28A" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6138EEF0" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「届書を電子申請する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423375EB" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「申請する届書を選択する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3F9E59" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④「届書を作成する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62AA9E56" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>実際に申請をする場合は、ここから表示される手順に沿って申請を進めてください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D8E6A1" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2322E6EB" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、マイナポータルから電子申請をすることもできます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D0185AA" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①マイナポータルのログイン後画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E717864" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「おかね」の項目内の「年金」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69FDE6F7" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③表示された画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C928AC7" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>⑩表示された画面を下から上にスクロールします。</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+        <w:t>④「扶養親族等申告書の作成」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7241A3BA" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤「作成する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D03C88B" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3565E27F" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-B よくあるご質問</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AF02DF" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、よくある質問をご紹介いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750DEB97" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>問1. 「ねんきんネット」サービスはどのような人が対象者となりますか。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3214041B" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>回答.被保険者および年金受給者(昭和61年4月1日前に年金受給権が発生した老齢年金を受けている方を除く)が対象になります。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...1932 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:br/>
         <w:t>なお、サービスにより対象者が異なる場合がありますので、それぞれのサービスについての設問も合わせてご覧ください。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF5D892" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+    <w:p w14:paraId="44EE4A36" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>問2. 「ねんきんネット」サービス全般のセキュリティに関する取り組みはどうなっていますか。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38824396" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+    <w:p w14:paraId="04A1E19F" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>回答.本サービスでは、お客様に安心してご利用いただくため、インターネットを通じたサービスに伴うリスクに対し、様々な対策をとっております。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7867B6B8" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+    <w:p w14:paraId="515948BC" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>問3.年金加入記録はインターネット以外でも確認することができますか。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD999E5" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+    <w:p w14:paraId="69482212" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>回答.全国の年金事務所で年金加入記録の交付を行っております。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF1B324" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+    <w:p w14:paraId="0F4FFB36" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>問4.スマートフォンからパソコン用の「ねんきんネット」を利用することはできますか。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6504F6" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>回答.スマートフォンからパソコン用の「ねんきんネット」を利用することは推奨していません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08EAB5BE" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01923F6E" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-C 問い合わせ先</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62980147" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「ねんきんネット」のお問い合わせ方法に関しましては、チャットボットと電話による方法があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C75E1F9" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>〇チャットボット</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516B0950" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>日本年金機構ホームページに、「ねんきんネット」に関するよくあるお問い合わせに自動でお答えする「「ねんきんネット」相談チャット」を開設して、24時間いつでも対応しています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125125A5" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>〇電話</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E1DEDC7" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>を利用することはできますか。</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+        <w:t>「ねんきん定期便」「ねんきんネット」に関するお問い合わせ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D37C607" w14:textId="77777777" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00ED3B06">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>TEL：0570-058-555（ナビダイヤル）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="044689CF" w14:textId="112ECA3F" w:rsidR="004B7C97" w:rsidRPr="00802F90" w:rsidRDefault="004B7C97" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802F90">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
-          <w:sz w:val="36"/>
-[...117 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>050から始まる電話でおかけになる場合は、03-6700-1144におかけください。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2170AC" w14:textId="77777777" w:rsidR="00665CEF" w:rsidRPr="00ED3B06" w:rsidRDefault="00665CEF" w:rsidP="00665CEF">
-[...137 lines deleted...]
-    <w:sectPr w:rsidR="00665CEF" w:rsidRPr="00ED3B06">
+    <w:sectPr w:rsidR="004B7C97" w:rsidRPr="00802F90">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="48B9BF63" w14:textId="77777777" w:rsidR="000F564B" w:rsidRDefault="000F564B" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4FA07CE4" w14:textId="77777777" w:rsidR="000F564B" w:rsidRDefault="000F564B" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="游ゴシック Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ＭＳ Ｐゴシック">
+    <w:panose1 w:val="020B0600070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="BIZ UDPゴシック">
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002F7" w:usb1="2AC7EDF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="+mn-cs">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="游ゴシック Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4DF3F056" w14:textId="77777777" w:rsidR="000F564B" w:rsidRDefault="000F564B" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2487D546" w14:textId="77777777" w:rsidR="000F564B" w:rsidRDefault="000F564B" w:rsidP="003B7F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="156"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050">
+      <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
+    </o:shapedefaults>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00665CEF"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00FD12C3"/>
+    <w:rsidRoot w:val="00A56EE5"/>
+    <w:rsid w:val="0002627F"/>
+    <w:rsid w:val="000F564B"/>
+    <w:rsid w:val="001257BC"/>
+    <w:rsid w:val="00161983"/>
+    <w:rsid w:val="001B102E"/>
+    <w:rsid w:val="00344D4C"/>
+    <w:rsid w:val="003B7F51"/>
+    <w:rsid w:val="004720FA"/>
+    <w:rsid w:val="004B7C97"/>
+    <w:rsid w:val="00525E20"/>
+    <w:rsid w:val="00640F57"/>
+    <w:rsid w:val="00650335"/>
+    <w:rsid w:val="00802F90"/>
+    <w:rsid w:val="008C4F7A"/>
+    <w:rsid w:val="00A04E29"/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rsid w:val="00CB3AA2"/>
+    <w:rsid w:val="00EB29D0"/>
+    <w:rsid w:val="00FD6B8B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="474F12D5"/>
+  <w14:docId w14:val="382709C9"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C95BED7C-D102-4BE5-81B3-EEA826BFDACD}"/>
+  <w15:docId w15:val="{9E3B1CAB-D33E-4EBA-A61E-FA9416664F4D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="21"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4497,907 +5297,1450 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:jc w:val="both"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="100" w:left="100"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="200" w:left="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="300" w:left="300"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="400" w:left="400"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="500" w:left="500"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="見出し 1 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="見出し 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="見出し 3 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="見出し 4 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="見出し 5 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="見出し 6 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="見出し 7 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="見出し 8 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="見出し 9 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="表題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="副題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="引用文 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="23"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="引用文 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="24">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Web">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A56EE5"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:cs="ＭＳ Ｐゴシック"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003B7F51"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="ヘッダー (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003B7F51"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003B7F51"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="フッター (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003B7F51"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="42563540">
+    <w:div w:id="90198172">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="123352629">
+    <w:div w:id="108864855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="133257216">
+    <w:div w:id="225772368">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="133451394">
+    <w:div w:id="245042288">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="163084590">
+    <w:div w:id="287711354">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="167715480">
+    <w:div w:id="300695136">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="180358871">
+    <w:div w:id="351344788">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="241722130">
+    <w:div w:id="432088977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="246153417">
+    <w:div w:id="439031590">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="253898485">
+    <w:div w:id="462424905">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="254901385">
+    <w:div w:id="514344133">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="255094664">
+    <w:div w:id="521169352">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="265969750">
+    <w:div w:id="577860154">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="269356098">
+    <w:div w:id="618683455">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="291523408">
+    <w:div w:id="656811126">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="451098293">
+    <w:div w:id="701980353">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="475875500">
+    <w:div w:id="708529867">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="492528974">
+    <w:div w:id="780540256">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="550968439">
+    <w:div w:id="810707565">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="588586667">
+    <w:div w:id="882718454">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="643244980">
+    <w:div w:id="899824809">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="645665439">
+    <w:div w:id="908033289">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="652101170">
+    <w:div w:id="933394858">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="694616282">
+    <w:div w:id="963122462">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="705450012">
+    <w:div w:id="990794341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="959922804">
+    <w:div w:id="1003044729">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1017853206">
+    <w:div w:id="1043559279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1023558297">
+    <w:div w:id="1094859212">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1039672304">
+    <w:div w:id="1106117726">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1116101606">
+    <w:div w:id="1112550750">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1223368840">
+    <w:div w:id="1157915953">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1255822107">
+    <w:div w:id="1160850748">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1281718444">
+    <w:div w:id="1175723686">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1323967036">
+    <w:div w:id="1327049264">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1448354540">
+    <w:div w:id="1328174839">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1461991654">
+    <w:div w:id="1330330082">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1481926645">
+    <w:div w:id="1381176301">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1496415537">
+    <w:div w:id="1385643942">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1505390561">
+    <w:div w:id="1390496270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1526824153">
+    <w:div w:id="1398429629">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1552424838">
+    <w:div w:id="1438716973">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1561792126">
+    <w:div w:id="1559432716">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1574117103">
+    <w:div w:id="1586108727">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1575697572">
+    <w:div w:id="1675835677">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1631201959">
+    <w:div w:id="1685938179">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1664091909">
+    <w:div w:id="1772042099">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1669940413">
+    <w:div w:id="1780104977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1695421117">
+    <w:div w:id="1805733166">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1699112988">
+    <w:div w:id="1922373056">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1711299955">
+    <w:div w:id="1925600856">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1722898853">
+    <w:div w:id="1928229437">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1758598250">
+    <w:div w:id="1935479145">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1789008156">
+    <w:div w:id="1942832702">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1938362738">
+    <w:div w:id="2005670576">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2024285041">
+    <w:div w:id="2033219671">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2036034343">
+    <w:div w:id="2033526376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2108185927">
+    <w:div w:id="2115665497">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2131822295">
+    <w:div w:id="2139494809">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2135756221">
+    <w:div w:id="2141871901">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="游ゴシック Light" panose="020F0302020204030204"/>
+        <a:latin typeface="游ゴシック Light" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -5405,51 +6748,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="游明朝" panose="020F0502020204030204"/>
+        <a:latin typeface="游明朝" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -5599,179 +6942,198 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="2c894bec-798d-4cf3-95d8-8ea6401a7b86" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="079a4871-f4a2-4665-9954-203da50962a5">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="956f8374-eac6-4c01-9e9a-c7d7573af740" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100630C360F03D9154893E8CD1E92A1C47E" ma:contentTypeVersion="12" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a7bc55e77245ee526a4c6de1d040215d">
-[...2 lines deleted...]
-    <xsd:import namespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010084154F20975AA5409AAA8A81D223D4B6" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="963ccaca711a582e36fee9d0e6a5471a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c23fec77-1f23-433b-b54b-3158c30b0fa3" xmlns:ns3="956f8374-eac6-4c01-9e9a-c7d7573af740" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d66a159e8ce2610d30bcd29c8735495" ns2:_="" ns3:_="">
+    <xsd:import namespace="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <xsd:import namespace="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="079a4871-f4a2-4665-9954-203da50962a5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c23fec77-1f23-433b-b54b-3158c30b0fa3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="4fc079cf-368d-4738-8e08-a0b0e68d1a92" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="1e1c6816-2a4f-4461-93c7-8dd281d6228d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="21" nillable="true" ma:displayName="承認の状態" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="22" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="956f8374-eac6-4c01-9e9a-c7d7573af740" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3e2f2ba5-c93a-4102-ad8d-e1a5341c9bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="2c894bec-798d-4cf3-95d8-8ea6401a7b86">
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4f4c2df7-119e-42eb-b5ef-c638e6a4a2bd}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="956f8374-eac6-4c01-9e9a-c7d7573af740">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -5839,92 +7201,134 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DDDD8CE-27F4-4722-BCC4-00756E500BF4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85EB6DBB-F829-4E48-B081-AE69D6BA7F83}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
-    <ds:schemaRef ds:uri="079a4871-f4a2-4665-9954-203da50962a5"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC4B2CBE-483A-40B9-9C30-AAB82B9CC9F9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FF5CEC2-8970-4778-8876-22AF489A2D6B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09D0FA23-F2CF-405C-B04B-7F0A6DEA5FAD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEE07960-1F5F-4F0D-B8EA-94458BB52C20}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>21</Pages>
-  <Words>1001</Words>
-  <Characters>5708</Characters>
+  <Words>963</Words>
+  <Characters>5495</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>タイトル</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6696</CharactersWithSpaces>
+  <CharactersWithSpaces>6446</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>山田 英治</dc:creator>
+  <dc:creator>望月 桃華</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100630C360F03D9154893E8CD1E92A1C47E</vt:lpwstr>
+    <vt:lpwstr>0x01010084154F20975AA5409AAA8A81D223D4B6</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>4196700</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>