--- v0 (2025-10-15)
+++ v1 (2026-01-28)
@@ -1,3827 +1,4798 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7B8F5AA6" w14:textId="77777777" w:rsidR="000231D1" w:rsidRPr="000231D1" w:rsidRDefault="000231D1" w:rsidP="000231D1">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000231D1">
+    <w:p w14:paraId="6E6F72F2" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">スマートフォンアイフォン(iPhone)応用編　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45959907" w14:textId="77777777" w:rsidR="000231D1" w:rsidRDefault="000231D1" w:rsidP="000231D1">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000231D1">
+    <w:p w14:paraId="44999C6F" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>※スマートフォンの操作説明は、アルファベット表記が多いため、音声や点字での確認が効率的に行えるようにカタカナ表記に置き換えています。各単元の最初のみカタカナの後にアルファベット表記をカッコ内に書いています。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0966B9EA" w14:textId="77777777" w:rsidR="000231D1" w:rsidRPr="000231D1" w:rsidRDefault="000231D1" w:rsidP="000231D1">
-[...42 lines deleted...]
-      <w:r w:rsidRPr="000231D1">
+    <w:p w14:paraId="596EF185" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5413252A" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードを使って｢スマホで確定申告（e-Tax）｣ができるようにしましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59787FFC" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4CE215" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>目次</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBB334B" w14:textId="77777777" w:rsidR="000231D1" w:rsidRPr="000231D1" w:rsidRDefault="000231D1" w:rsidP="000231D1">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="000231D1">
+    <w:p w14:paraId="298A06D0" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1　e-Taxを知りましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F342278" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-A　確定申告とは</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1B2550" w14:textId="68169B9A" w:rsidR="003477A4" w:rsidRPr="00792799" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-B　</w:t>
+      </w:r>
+      <w:r w:rsidR="00A166FA" w:rsidRPr="00792799">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>申告方法について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5A813B" w14:textId="77777777" w:rsidR="00A166FA" w:rsidRPr="00792799" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00792799">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-C　</w:t>
+      </w:r>
+      <w:r w:rsidR="00A166FA" w:rsidRPr="00792799">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>e-Taxとは</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696E7D6A" w14:textId="6535FA8B" w:rsidR="00A166FA" w:rsidRPr="00A166FA" w:rsidRDefault="00A166FA" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00792799">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-D　e-Taxなら、こんないいこと</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E0E6DC" w14:textId="6C9B3C05" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1-E　申告書の作成・送信までの流れ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19057558" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-F　講座の説明範囲</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00BADD10" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2 マイナンバーカードでe-Taxを利用できるようにしましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BBF6A62" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-A マイナンバーカードを使ったスマホでの確定申告に必要なもの（事前準備）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1960F497" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-B 過去に申告されたことがある方へ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379412AB" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-C マイナポータルアプリインストールのしかた</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469D0918" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-D マイナポータルのログイン/ログアウト方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1172AD25" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-E マイナポータルとe-Taxを連携</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77692C98" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-F 自宅で申告書の作成・送信を行う場合の注意事項</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E0C05A" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-G 困った時の相談窓口</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="013FFD5D" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>参考 マイナポータル連携とは</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE782E6" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータル連携に係る事前準備</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D2CD40" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45ED68D8" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1 e-Taxを知りましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FDBF658" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>実際に操作の説明に入る前に、確定申告やe-Taxについて学びましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A87550A" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20DA7888" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1-A 確定申告とは</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DEB910F" w14:textId="77777777" w:rsidR="000231D1" w:rsidRPr="000231D1" w:rsidRDefault="000231D1" w:rsidP="000231D1">
-[...92 lines deleted...]
-      <w:r w:rsidRPr="000231D1">
+    <w:p w14:paraId="784EB4D2" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>所得税の確定申告は、毎年１月から12月までの１年間に生じた全ての所得とそれに対する所得税の額を計算し、確定申告書を提出して、源泉徴収された税金などとの過不足を精算する手続です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E7BDE10" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※申告書の提出が必要な方は、国税庁ホームページで確認できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7102FCBA" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>詳細については下記ユーアールエル（URL）、もしくはキューアール（QR）コードより国税庁ホームページをご確認ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE0741D" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47BA612E" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2 マイナンバーカードでイータックスを利用できるようにしましょう</w:t>
-[...206 lines deleted...]
-      <w:r w:rsidRPr="00F128CF">
+        <w:t>1-Ｂ　申告方法について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="542F0E0E" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>税務署への申告方法は、２種類あります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C3B21F4" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・パソコンやスマホを使い、e-Taxでオンライン送信</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73925292" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・申告書類を郵送または税務署へ持参し提出</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F76AF70" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>e-Taxによる申告方法は</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17353408" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・マイナンバーカード方式</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F19D04C" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C58F90E" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>この講座では、マイナンバーカード方式による申告方法について説明します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C577B43" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※以前はe-Taxの申告方法としてもうひとつ、アイディー（ID）／パスワード方式がありましたが、令和7年10月以降、</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13205F68" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイディー／パスワードの新規発行は停止されています。既にアイディー／パスワードをお持ちの方は、継続してご利用いただけます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3401432F" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10199751" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>算し、確定申告書を提出して、源泉徴収された税金などとの過不足を精算する手続のことをいいます。</w:t>
-[...138 lines deleted...]
-      <w:r w:rsidRPr="00F128CF">
+        <w:t>e-Taxではスマートフォンのマイナンバーカードも利用可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CEBFC3" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードを取得されている方は、お持ちのスマートフォンにマイナンバーカードを搭載することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569F84AA" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※アンドロイド（Android）についてはスマホ用電子証明書のみ対応</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B14C05" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンのマイナンバーカードを利用すれば、マイナンバーカードをスマートフォンにかざすことなく、申告書の作成・e-Tax送信が可能となります。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>また、利用者証明用電子証明書に設定した4桁のパスワードを入力する代わりに、生体認証が利用できます。（機種によって異なります。）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>スマートフォンのマイナンバーカードについての詳細や申し込み方法については、下記のデジタル庁ホームページをご確認ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68417D1A" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5067A430" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>一つはパソコンやスマートフォンを使い、イータックスでオンライン送信する方法です。</w:t>
-[...86 lines deleted...]
-      <w:r w:rsidRPr="00F128CF">
+        <w:t>1-C　e-Taxとは</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3312ACEA" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>e-Taxとは、｢国税電子申告・納税システム｣のことで、国税に関する申告や納税などのさまざまな手続きを、税務署に出向くことなく、インターネットを通じて行うことができる国税庁が提供するサービスです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8060ED" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>確定申告書等作成コーナーでは、画面の案内に沿って入力すれば、税額などが自動計算され、申告書が作成できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E134EB8" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、作成した申告書をe-Taxを利用して送信（提出）することもできます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03949F4E" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B34C53" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-D　e-Taxなら、こんないいこと</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2083EC36" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>自宅からオンラインで申告ができます</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0009A837" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>税務署に行かなくても、国税庁ホームページで申告書を作成し、自宅からオンラインで提出（送信）できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D86FC3B" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>添付書類の提出を省略できます</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E872A65" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>説明していきます。</w:t>
-[...112 lines deleted...]
-      <w:r w:rsidRPr="00466619">
+        <w:t>生命保険料控除の証明書などは、その記載内容（生命保険会社などの名称、支払金額など）を入力して送信することで、提出または提示を省略することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72722658" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>24時間受付</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2035FAD2" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>メンテナンス時間を除き、年を通して24時間e-Taxでの提出（送信）が可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56459131" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B6B23B4" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-E　申告書の作成・送信までの流れ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5845A6B4" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次ページから、以下の順番で操作をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03191A0A" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>２章では事前準備</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7508B285" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・マイナポータルアプリのインストール</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B57DB2" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・マイナポータルにログイン（利用者証明用電子証明書の認証）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A3FD4A" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・e-Taxの利用者登録</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1838E1BE" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>まま作成した申告書を送信、つまり、申告書を提出することができるようになっています。</w:t>
-[...147 lines deleted...]
-      <w:r w:rsidRPr="00466619">
+        <w:t>・マイナポータルとe-Taxの連携（紐付け設定）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5938F231" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・マイナポータルとの連携</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B0162B" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※こちらの講座では2章の部分のみのご説明となります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164F5DB2" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3章では申告データの入力・送信・保存</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCA22B1" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・確定申告書等作成コーナーにアクセス</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA1E6DF" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・金額などの入力</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3422DB8B" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・申告書データの送信</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="384D37DE" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・申告書データの印刷・保存</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE33E3C" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ADC6251" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-F　講座の説明範囲</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B470AE" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>第2章に入る前に、本講座の説明範囲についてのご説明です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C537FFB" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>講師は、税理士や税務職員のように専門的な知識、資格を有していないため、本講義では、税に関する制度</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>次に、申告書を作成し、税務署へ送信するまでの操作・処理の大きな流れについてです。</w:t>
-[...146 lines deleted...]
-      <w:r w:rsidRPr="00466619">
+        <w:t>や、受講者の方の申告内容に関することはお答えできません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A617F92" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>そのため、本講義では、実際に操作をしながら事前の準備をし、申告書の作成や送信については、教材を見ながらご自宅で行っていただきます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0967F782" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ご自宅で申告書を作成される際、制度に関することや、操作方法などの分からないことを調べる方法も本講義で説明しますので、ご安心ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8FB139" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1286C0C3" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2　マイナンバーカードでe-Taxを利用できるようにしましょう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569DA725" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここではマイナンバーカードを用いたe-Taxの利用方法をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79221A05" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルアプリのインストール方法やログイン方法、利用者の認証も行っていきます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C4D1B04" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>利用者認証の際には、ご自身のマイナンバーカードが</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>明です。</w:t>
-[...86 lines deleted...]
-      <w:r w:rsidRPr="00466619">
+        <w:t>必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25124331" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードをお手元にご準備ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CCFB7B2" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3353D9EF" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-A　マイナンバーカードを使ったスマホでの確定申告に必要なもの（事前準備）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DC64D7" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、マイナンバーカードを使ったスマートフォンでの確定申告の準備に必要なもの（事前準備）についてのご説明です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C155CBA" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>以下のものを準備しましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A93367E" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①マイナンバーカード</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9E6155" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②マイナンバーカード対応のスマートフォン</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5308C063" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③マイナンバーカード受取時に設定したパスワード</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C96CE3" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・利用者証明用電子証明書の数字４桁のパスワード</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7762E88C" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・券面入力用の数字４桁のパスワード</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="288049E2" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・署名用電子証明書の英数字６文字～１６文字のパスワ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>国税庁のホームページに分かりやすい案内が表示されていますので、画面の案内に沿って操作をしていけば困ることも少ないと思います。</w:t>
-[...113 lines deleted...]
-      <w:r w:rsidRPr="00F443F3">
+        <w:t>ード</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3420F4A4" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="334A40A6" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-B　過去に申告されたことがある方へ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429EECF5" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホで確定申告を行う場合、e-Taxのアイディー（利用者識別番号）を取得する必要がありますので過去に申告されたことがある方は、以下をご確認ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F545DF" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>●過去に、税務署のパソコンなどでe-Taxをご利用された方は、次の書類にe-Taxのアイディーが表示されています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D86782C" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>●取得済みの方は、改めて取得する必要はありません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ABCE2A2" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>●誤って複数（二重に）取得した場合は、最後に取得したアイディーが有効となり、古いアイディーに係る過去の申告状況が確認できなくなりますので、ご注意ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E59112" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="272D9A2F" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>①マイナンバーカード</w:t>
-[...154 lines deleted...]
-      <w:r w:rsidRPr="00F443F3">
+        <w:t>過去にアイディーを取得したものの、アイディーをお忘れの方、パスワードをお忘れの方は、変更等届出書を提出（送信）することで、税務署からアイディーの通知等を受けることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B80B905" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>●変更等届出書を提出する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177F023B" w14:textId="047F604D" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>下記ユーアールエルまたはキューアールコードよりe-Taxのページの「変更等届出（個人の方用）アイディー・パスワードをお忘れになった方」から変更等届出書を提出してください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF2B53E" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="771A8DD5" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-C　マイナポータルアプリのインストールのしかた</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C011EC" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>はじめに、アンドロイドでのマイナポータルアプリのインストールのしかたをご説明します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737C7A26" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、マイナポータルアプリをインストールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096707D5" w14:textId="3CC53E8D" w:rsidR="003477A4" w:rsidRPr="00E526CB" w:rsidRDefault="00E526CB" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E526CB">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①</w:t>
+      </w:r>
+      <w:r w:rsidR="004006F8" w:rsidRPr="00E526CB">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>プレイ（</w:t>
+      </w:r>
+      <w:r w:rsidR="003477A4" w:rsidRPr="00E526CB">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Play</w:t>
+      </w:r>
+      <w:r w:rsidR="004006F8" w:rsidRPr="00E526CB">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidR="003477A4" w:rsidRPr="00E526CB">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ストアをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A42BF4" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「アプリやゲームを検索」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FC1DB0" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>告書のデータを税務署へ送信する際に必要になります。過去にマイナンバーカード方式により申告書のデータを送信したことがある方は不要です。なお、本講座内では使用しません。</w:t>
-[...95 lines deleted...]
-      <w:r w:rsidRPr="00F443F3">
+        <w:t>③検索ボックスに「まいなぽーたる」と入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030BB75B" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④虫眼鏡の形をした右下のマークをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CB35BBF" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤「マイナポータル」を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D39266" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥「マイナポータルアプリ」のインストール画面が出てきます。マイナちゃんのマークが表示されています。その下にある「インストール」ボタンをダブルタップしてください。これでアプリのインストールが始まります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F73442" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13F171F5" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>続いてアイフォンの場合の「マイナポータルアプリ」のインストールのしかたをご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30AD84AB" w14:textId="7EF92EE4" w:rsidR="003477A4" w:rsidRPr="00E872B3" w:rsidRDefault="00E872B3" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①</w:t>
+      </w:r>
+      <w:r w:rsidR="003477A4" w:rsidRPr="00E872B3">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まずは、ホーム画面でアップストア</w:t>
+      </w:r>
+      <w:r w:rsidR="004006F8" w:rsidRPr="00E872B3">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidR="003477A4" w:rsidRPr="00E872B3">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>App Store</w:t>
+      </w:r>
+      <w:r w:rsidR="004006F8" w:rsidRPr="00E872B3">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidR="003477A4" w:rsidRPr="00E872B3">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC76499" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②次に、右下の「検索」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE3408A" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③検索枠に「まいなぽーたる」と入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122FDFA7" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④右下の検索ボタンをダブルタップし検索します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4F1D49" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>申告をした方は、その際にイータックスのアイディー（利用者識別番号）を取得している可能性がありますので、これから説明する内容をご確認ください。</w:t>
-[...289 lines deleted...]
-        </w:rPr>
         <w:t>⑤「マイナポータルアプリ」のインストール画面が出てきますので、「入手」をダブルタップします。これでアプリのインストールが始まります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5894A10E" w14:textId="77777777" w:rsidR="00451ED1" w:rsidRPr="00451ED1" w:rsidRDefault="00451ED1" w:rsidP="00451ED1">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00451ED1">
+    <w:p w14:paraId="6F235561" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑥インストールが完了すると表示が「開く」に変わります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D4FAE2D" w14:textId="77777777" w:rsidR="00451ED1" w:rsidRDefault="00451ED1">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00451ED1">
+    <w:p w14:paraId="48B32471" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F398DE7" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-D　マイナポータルのログイン/ログアウト方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E05AA77" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>次に、マイナポータルアプリへのログイン方法についてご説明いたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1369D504" w14:textId="77777777" w:rsidR="00451ED1" w:rsidRPr="00451ED1" w:rsidRDefault="00451ED1" w:rsidP="00451ED1">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00451ED1">
+    <w:p w14:paraId="5A695F03" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>まず、マイナポータルアプリを立ち上げます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1DC574" w14:textId="77777777" w:rsidR="00451ED1" w:rsidRPr="00451ED1" w:rsidRDefault="00451ED1" w:rsidP="00451ED1">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00451ED1">
+    <w:p w14:paraId="176ED062" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①マイナポータルアプリをインストール後、ホーム画面からマイナポータルをダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372CEC86" w14:textId="77777777" w:rsidR="00451ED1" w:rsidRPr="00451ED1" w:rsidRDefault="00451ED1" w:rsidP="00451ED1">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00EC78E3">
+    <w:p w14:paraId="113CEE5C" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「マイナポータルにログイン」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D7281A9" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12375E02" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>次に、利用者証明用電子証明書の認証を行い、マイナンバーカードをスマートフォンで読み取ります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B6F26CB" w14:textId="77777777" w:rsidR="00EC78E3" w:rsidRPr="00EC78E3" w:rsidRDefault="00EC78E3" w:rsidP="00EC78E3">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EC78E3">
+    <w:p w14:paraId="711E2EBE" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>「利用者証明用電子証明書」とは、「ログインした者が、利用者本人であること」を証明することができる電子証明書のことで、マイナンバーカードに搭載されています。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12300534" w14:textId="77777777" w:rsidR="00EC78E3" w:rsidRPr="00EC78E3" w:rsidRDefault="00EC78E3" w:rsidP="00EC78E3">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EC78E3">
+    <w:p w14:paraId="2DF41BD2" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>書面取引における印鑑証明書のようなものです。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57444BFE" w14:textId="0F30D6BD" w:rsidR="00EC78E3" w:rsidRPr="00EC78E3" w:rsidRDefault="00EC78E3" w:rsidP="00EC78E3">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EC78E3">
+    <w:p w14:paraId="08DC173E" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>「利用者証明用電子証明書のパスワード」とは、マイナンバーカードを市区町村の窓口で受け取った時に利用者証明用電子証明書に設定した数字4桁のパスワードのことです。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="722440A3" w14:textId="77777777" w:rsidR="00EC78E3" w:rsidRPr="00EC78E3" w:rsidRDefault="00EC78E3" w:rsidP="00EC78E3">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00EC78E3">
+    <w:p w14:paraId="7E7451BA" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①利用者証明用電子証明書の数字４桁のパスワードを入力します。パスワードを３回間違えると不正防止のためロックがかかります。　正しいパスワードを確認してから入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3350AB2B" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②マイナンバーカードをスマートフォンの読み取り部に密着させます。スマートフォンの機種により、マイナンバーカードの読み取り位置が異なる場合がございます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EF454A3" w14:textId="77777777" w:rsidR="00EC78E3" w:rsidRPr="00EC78E3" w:rsidRDefault="00EC78E3" w:rsidP="00EC78E3">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="38C3527C" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>③「読み取り開始」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CAEF790" w14:textId="77777777" w:rsidR="00EC78E3" w:rsidRPr="00EC78E3" w:rsidRDefault="00EC78E3" w:rsidP="00EC78E3">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EC78E3">
+    <w:p w14:paraId="4B91C829" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>④「読み取りが完了しました」と表示されます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F5C1F7C" w14:textId="77777777" w:rsidR="00EC78E3" w:rsidRPr="00EC78E3" w:rsidRDefault="00EC78E3" w:rsidP="00EC78E3">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EC78E3">
+    <w:p w14:paraId="32B8B545" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>初めてログインされる方は、次のページの利用者登録の画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B640C18" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BE5AF7B" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>はじめてログインされる方は、ここで利用者登録を行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4589E8DC" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①まず、「登録をはじめる」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B71E55" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②利用規約・プライバシーポリシーをチェックし「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46AA825C" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③メールアドレスを入力し、「確認コードを送信」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1657DC37" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④確認コードを入力し、「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B80F7BD" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤メールアドレスを確認し、「登録」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DACC63C" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥登録完了画面が表示されますので、「はじめる」をダ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>初めてログインされる方は、次のページの利用者登録の画面が表示されます。</w:t>
-[...120 lines deleted...]
-      <w:r w:rsidRPr="00C66A60">
+        <w:t>ブルタップします。これで「利用者登録」は完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F9027A4" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D5FF7FF" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、ログインと合わせてログアウト方法についてもご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B9B620" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ホーム画面右上にある横三本の線のマークをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608C9DD9" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②メニューが表示されますので、下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="687FDD20" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「ログアウト」の文字が出てきますので、「ログアウト」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C5305D8" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④「ログアウトしますか」というポップアップが表示されますので、再度「ログアウト」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6813F48D" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>これでマイナポータルからログアウトすることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CAC465E" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B6FBC1C" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-E　マイナポータルとe-Taxを連携</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78904B7F" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>登録」は完了です。</w:t>
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00BC754F">
+        <w:t>「国税電子申告・納税システム（e-Tax）」と連携しましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52AD325C" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①ホーム画面右上にある横三本の線のマークをダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715D8442" w14:textId="77777777" w:rsidR="00BC754F" w:rsidRPr="00BC754F" w:rsidRDefault="00BC754F" w:rsidP="00BC754F">
-[...118 lines deleted...]
-      <w:r w:rsidRPr="009D3F04">
+    <w:p w14:paraId="5971CA90" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「外部サイトとの連携」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="361FBD69" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③国税電子申告・納税システム（e-Tax）の「連携」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB241C1" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④「同意確認」画面の「同意して次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACA490F" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23829A33" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>e-Taxをはじめて利用する方、既にe-Taxを利用したことがある方で手続きが異なります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64625AEF" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①e-Taxをはじめて利用する方は、「お手続きの流れへ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C477CCF" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>e-Taxをはじめて利用する方については、31ページでご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8BDFF3" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>①ホーム画面右上にある横三本の線のマークをダブルタップします。</w:t>
-[...129 lines deleted...]
-      <w:r w:rsidRPr="009D3F04">
+        <w:t>②すでに利用者識別番号をお持ちで、e-Taxを利用したことがある方は、「e-Taxへログイン」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1B4373" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>すでにe-Taxを利用したことがある方については、41ページでご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F741E8" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>なお、注意事項に記載のとおり、既にe-Taxを利用したことがある方が「お手続きの流れへ」から手続きを行うと、現在ご利用いただいている利用者識別番号は使用できなくなります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A844C9" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>今までの申告書等の送信結果などの確認もできなくなりますので、ご注意ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6436A8F9" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="275748B6" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>e-Taxをはじめて利用する方の利用者情報を登録します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8D3021" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757C3CCC" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「マイナンバーカード・スマホ用電子証明書の利用」を</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>続きを行うと、現在ご利用いただいている利用者識別番号は使用できなくなります。</w:t>
-[...87 lines deleted...]
-      <w:r w:rsidRPr="00FD2757">
+        <w:t>ダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213A7BAB" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③利用者証明用電子証明書のパスワード（数字4ケタ）を入力します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DEAE02" w14:textId="77777777" w:rsidR="00FD2757" w:rsidRPr="00FD2757" w:rsidRDefault="00FD2757" w:rsidP="00FD2757">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FD2757">
+    <w:p w14:paraId="5BA72297" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>④マイナンバーカードとスマートフォンの読み取り部を合わせます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B65885" w14:textId="77777777" w:rsidR="00FD2757" w:rsidRPr="00FD2757" w:rsidRDefault="00FD2757" w:rsidP="00FD2757">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FD2757">
+    <w:p w14:paraId="572D9AA8" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑤「読み取り開始」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056EA350" w14:textId="77777777" w:rsidR="00FD2757" w:rsidRPr="00FD2757" w:rsidRDefault="00FD2757" w:rsidP="00FD2757">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FD2757">
+    <w:p w14:paraId="0B930F47" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑥「同意して次へ」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12AD9082" w14:textId="77777777" w:rsidR="00FD2757" w:rsidRPr="00FD2757" w:rsidRDefault="00FD2757" w:rsidP="00FD2757">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FD2757">
+    <w:p w14:paraId="327CD64C" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑦左上の「サファリ（Safari）」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AFB3C4E" w14:textId="77777777" w:rsidR="00FD2757" w:rsidRDefault="00FD2757">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00FD2757">
+    <w:p w14:paraId="197DA862" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、利用者の氏名や住所等の情報を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B17353" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードの券面情報を読み取ることにより、氏名や住所等の情報を自動的に入力することができますので便利です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A1E1B7" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>券面情報を読み取らず、手入力することもできます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B5CE38D" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧「マイナンバーカード情報を利用」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2592694C" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑨券面入力用パスワード（数字4ケタ）を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D86DAA" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>次に、利用者の氏名や住所等の情報を入力します。</w:t>
-[...83 lines deleted...]
-        </w:rPr>
         <w:t>⑩マイナンバーカードとスマートフォンの読み取り部を合わせます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2264CB" w14:textId="77777777" w:rsidR="009A708A" w:rsidRPr="009A708A" w:rsidRDefault="009A708A" w:rsidP="009A708A">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="009A708A">
+    <w:p w14:paraId="07F3D90B" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑪「読み取り開始」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08B19992" w14:textId="77777777" w:rsidR="009A708A" w:rsidRPr="009A708A" w:rsidRDefault="009A708A" w:rsidP="009A708A">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="009A708A">
+    <w:p w14:paraId="03F21B2D" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑫「読み取りが完了しました」と表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A093BE0" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑬左上の「サファリ」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B120704" w14:textId="77777777" w:rsidR="009A708A" w:rsidRPr="009A708A" w:rsidRDefault="009A708A" w:rsidP="009A708A">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="009A708A">
+    <w:p w14:paraId="6EF6C059" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、利用者情報を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B3E0322" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑭氏名や住所等のご利用者情報を入力します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C472EC" w14:textId="77777777" w:rsidR="009A708A" w:rsidRPr="009A708A" w:rsidRDefault="009A708A" w:rsidP="009A708A">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="009A708A">
+    <w:p w14:paraId="650AD8EF" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>35pでマイナンバーカードの券面情報を読み取った場合は、 氏名、生年月日等が入力されます。必須項目は必ず入力してください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C3141C2" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑮全て入力が終わったら、「内容確認する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2579D665" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、入力内容の確認を行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E229D28" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑯「利用者情報登録　内容確認」画面で、入力内容を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F3F7C7" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑰訂正箇所があれば、「戻る」ボタンをダブルタップし</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>⑮全て入力が終わったら、「内容確認する」をダブルタップします。</w:t>
-[...95 lines deleted...]
-      <w:r w:rsidRPr="005B03C0">
+        <w:t>て該当する内容を訂正し、訂正が終わりましたら「送信する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A754484" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>これでe-Taxの利用者情報の登録が完了しました。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05FD85A5" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>最後に、マイナポータルとe-Taxの「つながる設定」を行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69FCABD5" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑱入力内容を確認します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C2210C0" w14:textId="77777777" w:rsidR="005B03C0" w:rsidRPr="005B03C0" w:rsidRDefault="005B03C0" w:rsidP="005B03C0">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005B03C0">
+    <w:p w14:paraId="1D59009E" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑲「同意する」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E968B3" w14:textId="77777777" w:rsidR="005B03C0" w:rsidRDefault="005B03C0" w:rsidP="005B03C0">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="005B03C0">
+    <w:p w14:paraId="7A7978FF" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>以上で、マイナポータルとe-Tax（国税電子申告・納税システム）の連携は完了となります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C45111" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="129382E9" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、e-Taxを利用したことがある方の連携方法です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4011CDDB" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードでのログインが初めての方は、42ページでご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061320A8" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「同意する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D87532" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②連携完了画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5914C06D" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>次に、イータックスを利用したことがある方の連携方法です。</w:t>
-[...95 lines deleted...]
-      <w:r w:rsidRPr="0041134B">
+        <w:t>以上で、マイナポータルとe-Tax（国税電子申告・納税システム）の連携は完了となります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416A03A3" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39722F73" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>e-Taxを利用したことがある方で、マイナンバーカードでのログインが初めての方については、利用者情報を入力する画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C9316B5" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①利用者識別番号とパスワード、生年月日を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61DB05FA" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②全ての入力が終わったら、「同意する」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F47062" w14:textId="77777777" w:rsidR="00FD2757" w:rsidRDefault="00FD2757">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="0041134B">
+    <w:p w14:paraId="150D7A74" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1057B5" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>以上で、講義での説明は終了となります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="251C5E9A" w14:textId="77777777" w:rsidR="0041134B" w:rsidRPr="0041134B" w:rsidRDefault="0041134B" w:rsidP="0041134B">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="0041134B">
+    <w:p w14:paraId="17016C49" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>なお、マイナポータル連携を利用して申告書を作成する場合には事前準備が必要です（45,46ページ参照）。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA3E278" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>申告書の作成・送信などご自宅で操作する際は、｢３ マ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>申告書の作成・送信などご自宅で操作する際は、｢３ マイナンバーカードで確定申告書を作成し、 イータックスで送信｣を参照し、操作してください。その際、次のことにご注意ください。</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="0041134B">
+        <w:t>イナンバーカードで確定申告書を作成し、 e-Taxで送信｣を見ながら操作してください。その際、次のことにご注意ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2633E70B" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>●画面が講義資料と異なる可能性があります</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="783EF85F" w14:textId="77777777" w:rsidR="0041134B" w:rsidRPr="0041134B" w:rsidRDefault="0041134B" w:rsidP="0041134B">
-[...67 lines deleted...]
-      <w:r w:rsidRPr="0041134B">
+    <w:p w14:paraId="3033557B" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⇒講義資料は令和7年１月時点の画面を使用して作成されておりますので、実際の画面と異なる場合があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7789D220" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="246C6567" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>ご自宅で確定申告書を作成される際、用語が分からなかったり、操作方法が分からなくなった場合、国税庁ホームページに確定申告に関する特集ページがありますので、そちらから調べることができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F9071CF" w14:textId="77777777" w:rsidR="0041134B" w:rsidRPr="0041134B" w:rsidRDefault="0041134B" w:rsidP="0041134B">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="0041134B">
+    <w:p w14:paraId="6D7AE533" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>教材には、「確定申告特集ページ」のユーアールエルとキューアールコードを掲載しています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB7CBFE" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>確定申告特集では、お問合せの多い質問がキューアンドエー（Ｑ＆Ａ）形式で掲載されているほか、誤りの多い事例も掲載されています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C19897F" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ドエー（Ｑ＆Ａ）形式で掲載されているほか、誤りの多い事例も掲載されています。</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>なお、電話による相談も可能ですが、受付時間が決まっており、確定申告の手続きが集中する期間はつながりにくくなることがあります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A885B25" w14:textId="77777777" w:rsidR="0041134B" w:rsidRPr="0041134B" w:rsidRDefault="0041134B" w:rsidP="0041134B">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0041134B">
+    <w:p w14:paraId="4ABC85C8" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>「確定申告特集ページ」を効果的にご利用ください。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1DA223" w14:textId="77777777" w:rsidR="0041134B" w:rsidRPr="0041134B" w:rsidRDefault="0041134B" w:rsidP="0041134B">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0041134B">
+    <w:p w14:paraId="3D652FC9" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>以上でこの講座の説明は終了です。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E1F0C1" w14:textId="77777777" w:rsidR="0041134B" w:rsidRPr="0041134B" w:rsidRDefault="0041134B" w:rsidP="0041134B">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0041134B">
+    <w:p w14:paraId="6DE6FB99" w14:textId="77777777" w:rsidR="003477A4" w:rsidRPr="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003477A4">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>なお、次ページからはマイナポータル連携を利用してより便利に確定申告を行うためのご案内ですので、教材の第3章と合わせてご参照ください。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="595620C6" w14:textId="77777777" w:rsidR="0041134B" w:rsidRPr="0041134B" w:rsidRDefault="0041134B">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="0041134B" w:rsidRPr="0041134B">
+    <w:p w14:paraId="4CAC77E0" w14:textId="77777777" w:rsidR="003477A4" w:rsidRDefault="003477A4" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="753F0C34" w14:textId="77777777" w:rsidR="004C22D0" w:rsidRPr="004C22D0" w:rsidRDefault="004C22D0" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C22D0">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>（参考）マイナポータル連携とは</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC42872" w14:textId="77777777" w:rsidR="004C22D0" w:rsidRPr="004C22D0" w:rsidRDefault="004C22D0" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C22D0">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータル連携で確定申告書が簡単、便利に作成できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16505324" w14:textId="77777777" w:rsidR="004C22D0" w:rsidRPr="004C22D0" w:rsidRDefault="004C22D0" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C22D0">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>例えば、控除証明書等の書面の収集・管理・提出が必要であったのが管理・保管が不要となったり、書面の控除証明書等を１件１件確認しながら記入・入力していたのがマイナポータルから取得したデータを使って申告書</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C22D0">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>の所定の項目に自動入力されるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2292489F" w14:textId="77777777" w:rsidR="004C22D0" w:rsidRPr="004C22D0" w:rsidRDefault="004C22D0" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C22D0">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※マイナポータル連携を利用するためには、事前準備が必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7027758B" w14:textId="77777777" w:rsidR="004C22D0" w:rsidRDefault="004C22D0" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="401306B3" w14:textId="77777777" w:rsidR="004C22D0" w:rsidRPr="004C22D0" w:rsidRDefault="004C22D0" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C22D0">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータル連携を利用するためには、事前準備が必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39536FCE" w14:textId="498BFFAB" w:rsidR="004C22D0" w:rsidRPr="004C22D0" w:rsidRDefault="004C22D0" w:rsidP="00E872B3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C22D0">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>国税庁ホームページの「マイナポータル連携特設ページ」では、マイナポータル連携の具体的な機能の紹介のほか、事前準備の具体的な方法について、手順書を掲載しています。</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="004C22D0" w:rsidRPr="004C22D0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="422F84CC" w14:textId="77777777" w:rsidR="009657BE" w:rsidRDefault="009657BE" w:rsidP="006543EF">
+    <w:p w14:paraId="79A40594" w14:textId="77777777" w:rsidR="008F0FB8" w:rsidRDefault="008F0FB8" w:rsidP="008B5FA4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="750BAE64" w14:textId="77777777" w:rsidR="009657BE" w:rsidRDefault="009657BE" w:rsidP="006543EF">
+    <w:p w14:paraId="0165C132" w14:textId="77777777" w:rsidR="008F0FB8" w:rsidRDefault="008F0FB8" w:rsidP="008B5FA4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:endnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="74B40D5F" w14:textId="77777777" w:rsidR="009657BE" w:rsidRDefault="009657BE"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0600070205080204"/>
+  <w:font w:name="游ゴシック Light">
+    <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BIZ UDPゴシック">
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002F7" w:usb1="2AC7EDF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="游ゴシック Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69DAC648" w14:textId="77777777" w:rsidR="009657BE" w:rsidRDefault="009657BE" w:rsidP="006543EF">
+    <w:p w14:paraId="42A8230F" w14:textId="77777777" w:rsidR="008F0FB8" w:rsidRDefault="008F0FB8" w:rsidP="008B5FA4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="510E2860" w14:textId="77777777" w:rsidR="009657BE" w:rsidRDefault="009657BE" w:rsidP="006543EF">
+    <w:p w14:paraId="438048E8" w14:textId="77777777" w:rsidR="008F0FB8" w:rsidRDefault="008F0FB8" w:rsidP="008B5FA4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:footnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="7004A1DB" w14:textId="77777777" w:rsidR="009657BE" w:rsidRDefault="009657BE"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="354673A9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3AE0358E"/>
+    <w:lvl w:ilvl="0" w:tplc="60C2507C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1022" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1462" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1902" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2342" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2782" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3222" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3662" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51C83CE4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1B445596"/>
+    <w:lvl w:ilvl="0" w:tplc="88D868C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="880" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1320" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1760" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2200" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3080" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58FB6718"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6180F896"/>
+    <w:lvl w:ilvl="0" w:tplc="2DB2934C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="880" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1320" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1760" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2200" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3080" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CF37981"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D0EE17A"/>
+    <w:lvl w:ilvl="0" w:tplc="7CC4E5A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="880" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1320" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1760" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2200" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3080" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="121390509">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2045054196">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2000766614">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="473832903">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:val="fullPage" w:percent="70"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0094168B"/>
-[...60 lines deleted...]
-    <w:rsid w:val="00FD2757"/>
+    <w:rsidRoot w:val="003477A4"/>
+    <w:rsid w:val="001257BC"/>
+    <w:rsid w:val="001E3F7E"/>
+    <w:rsid w:val="003175E5"/>
+    <w:rsid w:val="003477A4"/>
+    <w:rsid w:val="0037388D"/>
+    <w:rsid w:val="004006F8"/>
+    <w:rsid w:val="004C22D0"/>
+    <w:rsid w:val="00722AC4"/>
+    <w:rsid w:val="00792799"/>
+    <w:rsid w:val="008002C3"/>
+    <w:rsid w:val="0082251E"/>
+    <w:rsid w:val="00823639"/>
+    <w:rsid w:val="00877170"/>
+    <w:rsid w:val="008B5FA4"/>
+    <w:rsid w:val="008F0FB8"/>
+    <w:rsid w:val="00966B0F"/>
+    <w:rsid w:val="00A04E29"/>
+    <w:rsid w:val="00A0736B"/>
+    <w:rsid w:val="00A166FA"/>
+    <w:rsid w:val="00CE00F5"/>
+    <w:rsid w:val="00D84E5B"/>
+    <w:rsid w:val="00E078D5"/>
+    <w:rsid w:val="00E526CB"/>
+    <w:rsid w:val="00E872B3"/>
+    <w:rsid w:val="00E95389"/>
+    <w:rsid w:val="00EB29D0"/>
+    <w:rsid w:val="00EC1A17"/>
+    <w:rsid w:val="00F06704"/>
+    <w:rsid w:val="00F30E45"/>
+    <w:rsid w:val="00F62E0C"/>
+    <w:rsid w:val="00FC3F49"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5659A436"/>
+  <w14:docId w14:val="39888B95"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4DF50113-D844-4ECA-A965-1F08FC94480D}"/>
+  <w15:docId w15:val="{638CF20B-DDA3-4491-B5AF-F5778FC78FFF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="21"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4162,3518 +5133,1355 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:jc w:val="both"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="100" w:left="100"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="200" w:left="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="300" w:left="300"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="400" w:left="400"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="500" w:left="500"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Web">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="見出し 1 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="見出し 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...5 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003477A4"/>
     <w:rPr>
-      <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:cs="ＭＳ Ｐゴシック"/>
-      <w:kern w:val="0"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="見出し 3 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="見出し 4 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="見出し 5 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="見出し 6 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="見出し 7 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="見出し 8 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="見出し 9 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="表題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="副題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="引用文 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="23"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="引用文 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="24">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="003477A4"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="008B5FA4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="ヘッダー (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="008B5FA4"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="008B5FA4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="008B5FA4"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="6179564">
+    <w:div w:id="48461604">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="13650747">
+    <w:div w:id="69425882">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="30349169">
+    <w:div w:id="100953714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="30958361">
+    <w:div w:id="288824882">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="38942710">
+    <w:div w:id="301354469">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="41903669">
+    <w:div w:id="322665381">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="56901626">
+    <w:div w:id="351958164">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="57091765">
+    <w:div w:id="462696878">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="72288207">
+    <w:div w:id="463471937">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="76832233">
+    <w:div w:id="573249283">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="85468577">
+    <w:div w:id="590240267">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="95298675">
+    <w:div w:id="593897232">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="107547783">
+    <w:div w:id="596183151">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="126047543">
+    <w:div w:id="664746677">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="138305149">
+    <w:div w:id="669647157">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="143354927">
+    <w:div w:id="682165558">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="162202408">
+    <w:div w:id="713120083">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="166215887">
+    <w:div w:id="804811367">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="170919137">
+    <w:div w:id="846870951">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="181826800">
+    <w:div w:id="883523126">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="183712176">
+    <w:div w:id="885874814">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="190611083">
+    <w:div w:id="889731915">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="196088168">
+    <w:div w:id="963657548">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="197204237">
+    <w:div w:id="1014190241">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="240798366">
+    <w:div w:id="1025135120">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="251865938">
+    <w:div w:id="1051730068">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="257181073">
+    <w:div w:id="1054112454">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="260843538">
+    <w:div w:id="1064792272">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="261227518">
+    <w:div w:id="1098018156">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="283585799">
+    <w:div w:id="1178665050">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="286937954">
+    <w:div w:id="1189031162">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="299922021">
+    <w:div w:id="1198082618">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="300313206">
+    <w:div w:id="1248995876">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="304508162">
+    <w:div w:id="1281298364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="319384864">
+    <w:div w:id="1362245587">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="321814392">
+    <w:div w:id="1368260659">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="323360698">
+    <w:div w:id="1401637720">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="343021519">
+    <w:div w:id="1496414330">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="345257585">
+    <w:div w:id="1527862825">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="345717124">
+    <w:div w:id="1539318408">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="350952961">
+    <w:div w:id="1571690705">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="351761490">
+    <w:div w:id="1628052227">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="352850292">
+    <w:div w:id="1633831369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="358972460">
+    <w:div w:id="1700668798">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="365837902">
+    <w:div w:id="1726175587">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="366608943">
+    <w:div w:id="1739089767">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="385298228">
+    <w:div w:id="1761366603">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="406998324">
+    <w:div w:id="1774860576">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="421801922">
+    <w:div w:id="1776631560">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="422533746">
+    <w:div w:id="1800762144">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="436289784">
+    <w:div w:id="2007591060">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="448862296">
+    <w:div w:id="2012876579">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="454105654">
-[...2625 lines deleted...]
-    <w:div w:id="2147235267">
+    <w:div w:id="2139297730">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="游ゴシック Light" panose="020F0302020204030204"/>
+        <a:latin typeface="游ゴシック Light" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -7681,51 +6489,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="游明朝" panose="020F0502020204030204"/>
+        <a:latin typeface="游明朝" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -7875,159 +6683,177 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100630C360F03D9154893E8CD1E92A1C47E" ma:contentTypeVersion="12" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a7bc55e77245ee526a4c6de1d040215d">
-[...2 lines deleted...]
-    <xsd:import namespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010084154F20975AA5409AAA8A81D223D4B6" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="314d706d4a484fe7dec4c48c0c727a32">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c23fec77-1f23-433b-b54b-3158c30b0fa3" xmlns:ns3="956f8374-eac6-4c01-9e9a-c7d7573af740" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="36acf314f04ac0dee4af1caab1f68fe6" ns2:_="" ns3:_="">
+    <xsd:import namespace="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <xsd:import namespace="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="079a4871-f4a2-4665-9954-203da50962a5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c23fec77-1f23-433b-b54b-3158c30b0fa3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="4fc079cf-368d-4738-8e08-a0b0e68d1a92" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="1e1c6816-2a4f-4461-93c7-8dd281d6228d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="21" nillable="true" ma:displayName="承認の状態" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="22" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="956f8374-eac6-4c01-9e9a-c7d7573af740" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3e2f2ba5-c93a-4102-ad8d-e1a5341c9bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="2c894bec-798d-4cf3-95d8-8ea6401a7b86">
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4f4c2df7-119e-42eb-b5ef-c638e6a4a2bd}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="956f8374-eac6-4c01-9e9a-c7d7573af740">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -8097,146 +6923,153 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="2c894bec-798d-4cf3-95d8-8ea6401a7b86" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="079a4871-f4a2-4665-9954-203da50962a5">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="956f8374-eac6-4c01-9e9a-c7d7573af740" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DDB2A41-15D1-4DA7-9B40-5761D71AC89A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B463341-B5F1-4895-A87E-DFA2811564EC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="079a4871-f4a2-4665-9954-203da50962a5"/>
-    <ds:schemaRef ds:uri="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E349636-D95B-4AB0-AAB2-39B40EE8AFE9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F58EA15F-C8CC-459C-BB6B-4C816F2C7117}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="079a4871-f4a2-4665-9954-203da50962a5"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E353D2DA-472C-40C5-BA51-7BBDD41B9C3F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E1A8166-746C-4E4A-881A-3CDE3D80D93B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>24</Pages>
-[...1 lines deleted...]
-  <Characters>6843</Characters>
+  <Pages>26</Pages>
+  <Words>6826</Words>
+  <Characters>7097</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>410</Lines>
+  <Paragraphs>204</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8027</CharactersWithSpaces>
+  <CharactersWithSpaces>7135</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>山田 英治</dc:creator>
+  <dc:creator>望月 桃華</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100630C360F03D9154893E8CD1E92A1C47E</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x01010084154F20975AA5409AAA8A81D223D4B6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>4223800</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>