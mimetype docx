--- v0 (2025-10-15)
+++ v1 (2026-01-28)
@@ -1,4527 +1,8489 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4E8D3C20" w14:textId="77777777" w:rsidR="0094168B" w:rsidRPr="001A2127" w:rsidRDefault="0094168B" w:rsidP="0094168B">
-[...30 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="6C5D2D6C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンアイフォン</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>(iPhone)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>応用編</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA468AB" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>※スマートフォンの操作説明は、アルファベット表記が多いため、音声や点字での確認が効率的に行えるようにカタカナ表記に置き換えています。各単元の最初のみカタカナの後にアルファベット表記をカッコ内に書いています。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08291CF9" w14:textId="77777777" w:rsidR="00453B69" w:rsidRPr="001A2127" w:rsidRDefault="00453B69" w:rsidP="0094168B">
-[...50 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="5C428BBB" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37503945" w14:textId="05745DE3" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードの機能をスマートフォンに搭載しよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D281659" w14:textId="77777777" w:rsidR="00EB29D0" w:rsidRPr="002B50BA" w:rsidRDefault="00EB29D0" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04297374" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>目次</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EE0A28" w14:textId="77777777" w:rsidR="0094168B" w:rsidRPr="001A2127" w:rsidRDefault="0094168B" w:rsidP="0094168B">
-[...144 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="453EC8D6" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">マイナンバーカード機能のスマートフォン搭載について </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14AB8D37" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカード機能のスマートフォン搭載の概要</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145537CC" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンのマイナンバーカードでできること</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244A4528" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-C </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンのマイナンバーカードのメリットと活用方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504BE446" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>２ スマホ用電子証明書の利用方法</w:t>
-[...281 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t xml:space="preserve">1-D </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>問い合わせ先</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A813BFB" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アンドロイド（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Android</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">）スマホ用電子証明書の利用方法 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE6CAE7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>申請開始前の確認事項</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2302B4AB" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルアプリのインストール</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D9D92A" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-C </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホ用電子証明書を申請する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756D0050" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-D </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホ用署名用電子証明書のパスワードの設定</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B1F804" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-E </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホ用電子証明書の登録</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5384B480" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-F </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホ用電子証明書の利用をやめる手続き</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C74222C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">アイフォンのマイナンバーカードの利用方法 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E4FD124" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>申請開始前の確認事項</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07174625" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルアプリのインストール</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22EABADB" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-C </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンのマイナンバーカードを申請する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220F2CFE" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-D </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンのマイナンバーカードを追加する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3DC00D" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-E </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンのマイナンバーカードの利用をやめる手続き</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFD79E7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-F </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>別のアイフォンのマイナンバーカードを削除する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793A822F" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 機種変更する時の手続き</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A13B29" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>スマホ用電子証明書とはインターネット上での様々な申請における身分証明書です。</w:t>
-[...119 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t xml:space="preserve">4-A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>機種変更する時の手続き</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486777EC" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アンドロイドスマホ用電子証明書を機種変更する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44708561" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">よくあるご質問等 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB9C29D" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>よくあるご質問</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106BDBDA" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>紛失時の対応</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA8475A" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49A27700" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカード機能のスマートフォン搭載について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BC1510" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカード機能のスマートフォン搭載</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>についてご説明</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>いた</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>します。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9D0F5F" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="532B77D1" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> マイナンバーカード機能のスマートフォン搭載の概要</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A06498" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、マイナンバーカード機能のスマートフォン搭載の概要についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="353FE2A0" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンにマイナンバーカードと同等の機能を搭載することで、実物のマイナンバーカードを持ち歩かずとも、スマートフォンだけで、様々なマイナンバーカード</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>スマホ用電子証明書は、様々な生活シーンで使うことにより暮らしを便利にするサービスです。</w:t>
-[...33 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>関連サービスの利用やインターネット上での本人確認ができるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE5F1EF" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>主な機能としては二つあります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067F478D" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>一つ目は、電子証明書機能です。こちらはスマホ用電子証明書とも呼ばれます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE8AB16" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードのアイシー（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>IC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>）チップに格納されたものと同等の電子証明書を利用して、スマートフォンだけで本人確認や行政手続などを行うことができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F8540C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>電子証明書とは、インターネット上での様々な申請における身分証明書のことです。書面手続における「印鑑証明書」に相当します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CBCF6CC" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>二つ目は、属性証明機能です。こちらはアンドロイド端末では未対応で、アイフォンでのみ使用できる機能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5854D0EA" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードのアイシーチップに格納された基本</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>情報である、氏名・住所・生年月日・性別等の情報をスマートフォンに搭載することで、スマートフォンだけ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>で年齢確認など自身の属性情報を提示することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECCC33A" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA114E5" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンのマイナンバーカードとは、マイナンバーカードのアイシーチップを使って、利用者のスマホに、新たに電子証明書を搭載することができるサービスです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10AB9BFE" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>実物のマイナンバーカードなし・スマホのみで、様々なサービスの利用や申し込みができるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228C0A0F" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>これまでマイナンバーカードの電子証明書を使わないと受けられなかったサービスが、順次スマホだけで利用できるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="716AB06C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>一部機種では、暗証番号の代わりに生体認証（顔や指紋を用いた認証）を利用して、マイナンバーカードを用いた本人確認を行うことができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431C3067" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39FB4100" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンのマイナンバーカードでできること</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F97AF5" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>スマートフォンのマイナンバーカードは、様々な生活シーンで使うことにより、暮らしを便利にするサービスです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEF00AA" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>以下のサービスがスマートフォンのマイナンバーカードにより、スマホだけで利用できるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF956BE" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①マイナポータルの利用</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D9E65E" w14:textId="77777777" w:rsidR="0094168B" w:rsidRPr="001A2127" w:rsidRDefault="0094168B" w:rsidP="0094168B">
-[...11 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="4A81A0D2" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナポータルを活用して、引越しの際の手続きや確定申告などのオンライン申請ができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="706749D6" w14:textId="77777777" w:rsidR="0094168B" w:rsidRPr="001A2127" w:rsidRDefault="0094168B" w:rsidP="0094168B">
-[...68 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="6A038469" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また薬剤・健診情報や母子健康手帳などの自己情報の閲覧や予防接種のお知らせが届くなどマイナポータルと同等のサービスを利用する事ができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23FB8E1B" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②銀行・証券口座の開設や携帯電話などの各種民間オンラインサービスの申込・利用</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E64035" w14:textId="77777777" w:rsidR="0094168B" w:rsidRPr="001A2127" w:rsidRDefault="0094168B" w:rsidP="0094168B">
-[...11 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="0487731C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>各種サービスの利用開始のオンライン上での申し込みをスマホだけでスムーズに行うことができるようになります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6488F5A0" w14:textId="1208425C" w:rsidR="0094168B" w:rsidRPr="001A2127" w:rsidRDefault="0094168B">
-[...30 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="623B073E" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③コンビニでの証明書交付サービスの利用</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45576379" w14:textId="77777777" w:rsidR="0094168B" w:rsidRPr="001A2127" w:rsidRDefault="0094168B" w:rsidP="0094168B">
-[...11 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="0D91B3F0" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>住民票の写しをはじめとする市区町村の各種証明書が、コンビニエンスストア等の店舗で取得できます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="448FE6CF" w14:textId="77777777" w:rsidR="0094168B" w:rsidRPr="001A2127" w:rsidRDefault="0094168B" w:rsidP="0094168B">
-[...30 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="29B0AC92" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>④健康保険証としての利用</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="274C9C8B" w14:textId="77777777" w:rsidR="0094168B" w:rsidRPr="001A2127" w:rsidRDefault="0094168B" w:rsidP="0094168B">
-[...116 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="79D92138" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>月以降、順次対応しております。マイナンバーカードの健康保険証利用の登録と合わせて、スマホを健康保険証として利用できるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553E697F" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2075766F" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-C </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンのマイナンバーカードのメリットと活用方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554D500C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>実際にマイナンバーカードをスマホに搭載するとどのようなメリットがあるのでしょうか。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ここでは、そのメリットを</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>つご紹介いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1204C064" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①マイナンバーカードを携帯せずに各種行政手続きなどが実施できます。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>これまでマイナンバーカードやカードリーダーが必要だった各種行政手続きをスマホ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>つでできるほかマイナポータルへログインしたり各種行政手続きをいつでもどこでも実施することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B55829C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>②最高レベルのセキュリティで安心して利用できます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E09BA1C" w14:textId="77777777" w:rsidR="0094168B" w:rsidRPr="001A2127" w:rsidRDefault="0094168B" w:rsidP="0094168B">
-      <w:pPr>
+    <w:p w14:paraId="7A80830B" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォン</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>のマイナンバーカードは、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォン</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>内の安全な場所に格納されており、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>所有者本人にしか使用できません</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>。また、スマートフォンのマイナンバーカードには、医療や銀行口座などのプライバシー性の高い情報は記録されません。これにより、実物のマイナンバーカードと同様の高いセキュリティが確保されており、安心して利用できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F303E2C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③今までより便利に本人確認ができて、様々なサービスを利用できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68CDFD84" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>生体認証による本人確認を可能にすることで、簡単な認証による利便性の向上を実現しています。また、公的個人認証サービス（オンライン上の本人確認）に対応する民間サービスにおいても安全かつ便利に利用することができるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5711EBA4" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A1D4DA4" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-D </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>問い合わせ先</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313869B7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>スマートフォンに搭載したマイナンバーカード機能に関するお問い合わせ先のご案内です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3C62DA" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンに搭載したマイナンバーカード機能についてのお問い合わせは、お電話の場合はマイナンバー総合フリーダイヤルまでお問い合わせください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A92914" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>音声ガイダンス</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>番をダブルタップしてください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B999C9C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>受付時間は平日は</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>時</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>分から</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>時</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>分まで、土日祝は</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>時</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>分から</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>時</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>分までです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F19FD4A" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードを搭載したスマホの紛失・盗難による一時利用停止については、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>時間</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>365</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>日対応します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D17701" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C1F3DBC" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> アンドロイドスマホ用電子証明書の利用方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35902A0B" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、アンドロイドスマホ用電子証明書の利用方法をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3917F4D3" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68C41690" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 申請開始前の確認事項</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A28EFE" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>スマホ用電子証明書の利用開始前に次の</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>点をご準備ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085489B5" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①申込者本人の署名用電子証明書が登録されたマイナンバーカード</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3399A8" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②あらかじめ市区町村窓口で設定した半角の英大文字と数字を含む</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>文字から</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>文字のマイナンバーカード用署名用電子証明書のパスワード</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07304DE9" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③スマホ用電子証明書対応のスマートフォン</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="632995D8" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホ用電子証明書に対応している機種一覧はキューアール（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>QR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>）コードから確認できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D667422" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④マイナポータルアプリ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E820F12" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>すでにインストールされている方は、最新版のマイナポータルアプリに更新してください。まだインストールしていない方はインストール方法を次のページにてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592B8A0D" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62C70357" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルアプリのインストール</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D7F8F3" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>アンドロイドスマートフォンでマイナポータルを利用するための手順をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03763BAD" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、「マイナポータルアプリ」をインストールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69DC1491" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ホーム画面でプレイ（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Play</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">）ストアをダブルタップします。 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0DEBC6" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">②次に、「アプリやゲームを検索」と薄く表示されている検索ボックスをダブルタップします。 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C6932E" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③検索</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ボックス</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>に「まいなぽーたる」と入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D092972" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④虫眼鏡の形をした右下のマークをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64754517" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤「マイナポータル」を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E86896" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥「マイナポータルアプリ」のインストール画面が出てきます。マイナちゃんのマークが表示されています。その下にある「インストール」ボタンをダブルタップしてください。これでアプリのインストールが始まります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EACA18A" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B9D3E05" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-C </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホ用電子証明書を申請する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A611EC2" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ここからはスマホ用電子証明書の申請についてご説明をしていきます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE5C342" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードには、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>種類の電子証明書が搭載されており、これらをスマートフォンに搭載することが可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B807917" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、署名用電子証明書についてご説明いたします。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>署名用電子証明書は、インターネット等で電子文書を作成・送信する際に利用し、「作成・送信した電子文書が、利用者が作成した真正なものであり、利用者本人が送信したものであること」を証明することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB25774" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、利用者証明用電子証明書についてご説明いたします。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>利用者証明用電子証明書は、マイナポータル等インターネットのウェブサイト等へのログイン時に利用し、「ログインした者が、利用者本人であること」を証明することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB9DAE8" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C99EDCC" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>マイナポータルアプリを使ってスマホ用電子証明書の申請をしてみましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3844B401" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まずはマイナンバーカード用署名用電子証明書のパスワードを入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBA5ECF" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ホーム画面からマイナポータルをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED3F9E1" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②画面右下の「メニュー」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E46676" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③画面上部にある「スマホ用電子証明書を申請する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163B91EA" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④画面が遷移したら下にスクロールし、マイナンバーカード用署名用電子証明書の「パスワード」を入力します。署名用電子証明書パスワードとは、ご自身で設定されている半角の英大文字と数字を含む</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>文字から</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>文字のものになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3FAC0C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に利用申請するスマホ用電子証明書を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B829B1" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤利用するスマホ用電子証明書をチェックします。利用しないスマホ用電子証明書がある場合は、そのスマホ用電子証明書のチェックを外します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51244344" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>⑥画面下部のスマホ用電子証明書のご利用にあたっての注意事項を確認の上、「確認しました」をチェックし「申請する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE87A6C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次にご自身のマイナンバーカードをスマホで読み取ります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AAD6F61" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦マイナンバーカードを読み取る画面が表示されます。マイナンバーカードとスマートフォンの読み取り部を合わせます。読み取り位置は端末により異なります。「モバイル非接触</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイシー通信</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マーク」にマイナンバーカードの中心を当てて動かさずにしばらく待ちます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A96B687" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧カード読み取り成功のメッセージが表示されたら、マイナンバーカードを取り外します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9A2CD7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑨読み取り完了画面が表示されますので、「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418753DA" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C109573" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-D </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホ用署名用電子証明書のパスワードの設定</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="134236C5" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次にスマホ用署名用電子証明書のパスワードを設定します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3BDCCF" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>スマホ用署名用電子証明書を利用申請していない場合は、これから説明する設定は不要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0992E8B7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホ用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>署名用電子証明書パスワードを入力して「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F65D2A" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②スマホ用利用者証明用電子証明書の新しいパスワードを数字</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>桁で入力します。確認のため、もう一度パスワードを入力し次へボタンをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736E1EC7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③スマホ用電子証明書の申請完了画面が表示されます。これでスマホ用電子証明書の利用申請は完了です。完了後、数分後にプッシュ通知が届きます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629FB9C4" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>プッシュ通知は、申請が</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>おおむね</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>～</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>（平日・土日祝日とも）の場合は数分後、それ以外の時間帯の申請の場合は、おおむね翌</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>以降に届きます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15DF270E" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FE315E8" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-E </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホ用電子証明書の登録</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CC44BE" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>プッシュ通知が届くと、登録の完了に進むことができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0875F03D" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「登録する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F8E0504" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>②登録完了の処理が行われるので待ちます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9334D3" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③スマホ用電子証明書の登録完了画面が表示されます。この画面が表示されれば、スマホ用電子証明書の登録は完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100354A8" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76904B9B" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-F </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホ用電子証明書の利用をやめる手続き</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B17A90" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>続いてスマホ用電子証明書の利用をやめる手続きについてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB7A686" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アンドロイドからアイフォンへの機種変更や、スマホの下取・売却、廃棄、故障などによって、スマホ用電子証明書の利用をやめるときは、利用者ご自身で電子証明書を失効させることが義務づけられています。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>スマホ用電子証明書を登録しているスマホから失効手続きを行うことによって、電子証明書が失効し、スマホ内の関連データも削除されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7C5611" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>それでは実際の手順をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFEBFE3" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①トップ画面の右下にある「メニュー」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B144F17" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>②メニューの中のスマホ用電子証明書の項目から「失効」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D127B4" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③スマホ用電子証明書の失効に関するチェックを入れます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CECF9BB" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④「はじめる」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2DECE1" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤画面中央の注意事項を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE56123" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥スマホ用署名用電子証明書のパスワードを入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E988E05" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦パスワードの入力後、「失効する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8D5724" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧失効完了画面が表示されます。以上でスマホ用電子証明書の利用をやめる手続きは完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC46B92" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1330C73B" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> アイフォンのマイナンバーカードの利用方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5157F05C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、アイフォンのマイナンバーカードの利用方法をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01BF34C4" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FAF776E" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>申請開始前の確認事項</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1985A615" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>アイフォンのマイナンバーカードの利用開始前に次の</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>点をご準備ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3741356B" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①申込者本人の署名用電子証明書が登録されたマイナンバーカード</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BAB0FC7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②あらかじめ市区町村窓口で設定した半角の英大文字と数字を含む</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>文字から</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>文字のマイナンバーカード用署名用電子証明書のパスワード、及び数字</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>桁の券面入力用暗証番号</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF52044" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③アイオーエス（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>iOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>以上を搭載したアイフォン</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E386E0" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンのマイナンバーカード機能に対応している機種一覧はキューアールコードから確認できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBA25BA" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④マイナポータルアプリ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F462F0F" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>すでにインストールされている方は、最新版のマイナポータルアプリに更新してください。まだインストールしていない方はインストール方法を次のページにてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D83AA2E" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C45BEDF" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルアプリのインストール</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AB84C80" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>アイフォンでマイナポータルを利用するための手順をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5B9C05" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、「マイナポータルアプリ」をインストールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047D5DA3" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ホーム画面でアップストア（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>App Store</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>）をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587DE664" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>｢</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>検索</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>｣</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C10E8F9" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③検索枠に「まいなぽーたる」と入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC67AB0" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルアプリが見つからない場合は、アイオーエスのバージョンが古い可能性があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5D90DF" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>最新のバージョンにアップデート後、再度インストールしてください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8B9A2D" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④右下の検索ボタンをダブルタップし検索します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B28772D" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤「入手」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A70DA9B" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥インストールが完了すると表示が「開く」に変わります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4841564C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12C14131" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-C </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンのマイナンバーカードを申請する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEE9F70" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>次に、アイフォンのマイナンバーカードを申請する方法についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F674CBA" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①マイナポータルをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F74885" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「追加をはじめる」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDAEF7A" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③注意事項等を確認し、利用規約に同意します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5021DF22" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④画面の指示に従って、顔の動きを撮影します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E79E917" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>カメラへのアクセスを求められた場合は、許可してください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C33F64" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤券面入力用暗証番号（数字</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>桁）を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51639E6B" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥署名用パスワード（英数字６～</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>字）を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085900D3" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦マイナンバーカードとスマートフォンの読み取り部を合わせます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5981592C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑧カード読み取り成功のメッセージが表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299C526B" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="639EBAF2" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-D </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンのマイナンバーカードを追加する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B76BE10" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、アイフォンのマイナンバーカードを追加する方法についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75665815" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①暗証番号（数字</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>桁）を設定します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="724E0986" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>②確認のためにもう一度暗証番号を入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA1E3A4" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③パスワード（英数字６～</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>文字）を設定します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A6F37A" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>実物のマイナンバーカードの署名用パスワードと同じ英数字を設定することもできます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD7748C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④確認のためにもう一度パスワードを入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F961DF0" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤「アップル（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Apple</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>）ウォレットに追加」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D074E69" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥「続ける」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F50D99" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦アイフォンのマイナンバーカードの利用が可能になるまで、しばらくお待ちください。利用可能になると、アップルウォレットから通知が届き、マイナポータルのメニューに「利用可能」と表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B179B53" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>朝</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>時から</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>時</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>分に追加した場合はおおむね数分後に、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>時</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>分以降の場合は翌日朝</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>時以降に、利用可能となります（平日・土日祝日とも）。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73AE72A0" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>通知が届いてから、実際にカードを利用できるまで</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>分ほどかかることがあります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A2B77A" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AA7DC39" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3-E </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンのマイナンバーカードの利用をやめる手続き</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B86454" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、アイフォンのマイナンバーカードの利用をやめる手続きについてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70EDBA63" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンのマイナンバーカードは、下記のいずれかの方法で利用をやめることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1459EE" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>一つ目は、操作しているアイフォンのマイナンバーカードを削除する場合です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CAE3F2" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>こちらの場合は、次のページ以降の手順に沿って操作を行ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30975E5B" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>二つ目は、手元にないアイフォンに追加したマイナンバーカードを削除する場合です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0B9FAD" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>こちらの場合は、マイナンバーカードを追加していない状態のアイフォンを用いて、「</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 別のアイフォンのマイナンバーカードを削除する」を行ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B0B7EEB" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="578986D6" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>追加済みのマイナンバーカードを削除します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52069C21" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①マイナポータルをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A07667" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>②「メニュー」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA22EC9" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「アイフォンのマイナンバーカード」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61E9C2DD" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④画面の一番下にある「削除」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="190153E7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤いずれかの削除方法を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62FC78B1" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥選択した削除方法に従い、署名用パスワードを入力し「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6747F7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦削除完了画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6840CF28" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>これでアイフォンのマイナンバーカードの利用をやめる手続きは完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75206958" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FF7A5B0" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-F </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>別のアイフォンのマイナンバーカードを削除する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9C181F" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、別のアイフォンのマイナンバーカードを削除する方法をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7156262A" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「メニュー」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11030F59" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②ページ最下部の「別のスマートフォンのカードを削除」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DF5D2E5" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>③実物のマイナンバーカードの署名用パスワードを入力し「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA86ED0" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④マイナンバーカードとスマートフォンの読み取り部を合わせます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF3CE12" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤削除完了画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2035515F" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>これで別のアイフォンのマイナンバーカードを削除する手続きは完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="285A8F55" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="237543F6" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 機種変更する時の手続き</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BCED29" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、機種変更する時の手続きについてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7FAE21" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B0F5C4E" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>機種変更する時の手続き</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0754EAB7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>機種変更する時には、古いスマートフォンからマイナンバーカード機能を削除したうえで、新しいスマートフォンに改めて登録を行ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FBD21CE" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>古いスマートフォンがアンドロイド端末で、新しいスマートフォンもアンドロイド端末の場合は、「</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アンド</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ロイドスマホ用電子証明書を機種変更する」に従って機種変更手続を行ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C6C5EE" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>古いスマートフォンがアンドロイド端末で、新しいスマートフォンがアイフォンの場合は、「</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-F </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホ用電子証明書の利用をやめる手続き」に従って削除を行ってから、「</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-C </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンのマイナンバーカードを申請する」に従って登録を行ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3657B2CB" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>古いスマートフォンがアイフォンの場合は、まず、「</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-E </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンのマイナンバーカードの利用をやめる手続き」に従って削除を行ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D72F714" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>新しいスマートフォンがアンドロイド端末の場合は、「</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-C </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマホ用電子証明書を申請する」に従って登録を行ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7D923C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>新しいスマートフォンもアイフォンの場合は、「</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-C </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンのマイナンバーカードを申請する」に従って登録を行ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6434E7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7254E2EF" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アンドロイドスマホ用電子証明書を機種変更する</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D92D0F4" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>アンドロイドスマホ用電子証明書を機種変更するための操作手順をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4466EA4C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>あらかじめ新しい機種でマイナポータルアプリをインストールしておきましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B372E4A" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ホーム画面でマイナポータルをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF7AE10" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②画面右下の「メニュー」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FED411" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③画面中段に表示される「機種変更」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="781A47C5" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④マイナンバーカード用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>署名用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>電子証明書のパスワードを入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF97646" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤内容を確認し、「スマホ用署名用電子証明書」と「スマホ用利用者証明用電子証明書」の申請する項目にチェックを入れます。画面下部にある「確認しました」にチェックを入れます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303B3DA9" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥「申請する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE9EBFA" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑦マイナンバーカードの読み取り画面に変わりますので、カードを読み取ります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="480E907D" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>⑧旧スマホ用電子証明書の失効確認の画面が出ますので「同意して次へ」をダブルタップします。旧スマホを</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>48</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>時間以内にネットワークに繋ぐことで、失効の手続きを別途せずに旧スマホから電子証明書の削除が実行されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="140EC05D" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑨新しいスマホ用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>署名用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>電子証明書のパスワードを入力し「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F66CEE" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑩新しいスマホ用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>利用者証明用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>電子証明書のパスワードを入力し「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683F9DB7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑪申請の完了画面が表示されれば申請は完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B92741B" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑫メニュー画面の「登録する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0257FD" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑬スマホ用電子証明書の登録画面が出るので「登録する」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F685A4" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑭登録完了画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C719A74" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>登録完了後に生体認証を利用される場合は、「生体認証などを利用登録する」をダブルタップして進んでください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D3F1E9E" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>以上でアンドロイドスマホ用電子証明書を機種変更する手続きは完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51CA4CE5" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03AF828C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> よくあるご質問等</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2FDBD2" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、皆さまからよく頂くご質問についてまとめています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222AF4CE" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="279C02D9" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5-A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> よくあるご質問</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272609E9" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>質問</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンのマイナンバーカードは発行当日から利用することができますか？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="795709A1" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>回答</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 利用申請が完了後、登録の操作が可能となった旨を知らせるプッシュ通知が届きますので、登録の操作完了後に利用することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B196B76" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>プッシュ通知は、申請がおおむね</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>～</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>（平日・土日祝日とも）の場合は数分後、それ以外の時間帯の申請の場合は、おおむね翌</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>以降に届きます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393C5F04" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>質問</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>１人分のマイナンバーカード機能を複数のスマホに登録することはできますか</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C15EB6D" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>回答</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>できません。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>台のスマートフォンに搭載できるマイナンバーカード機能はおひとり分のみであり、マイナンバーカードを登録できる端末はおひとり分につき</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>台のみです。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>※</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォン同士、アンドロイド同士、アイフォンとアンドロイド、いずれの組み合わせでも複数端末での登録はできません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF59FAB" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>質問</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンのマイナンバーカードは何に使うのでしょうか？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFB529E" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>回答</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルを通じた自己情報の確認や電子申請、コンビニでの証明書等交付サービス等、行政機関での手続等に利用できるほか、民間事業者が提供する各種サービスにおいて本人確認・認証等に利用することができます。アイフォンのマイナンバーカードには属性証明機能も含まれているので、オンライン申請に</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>おいて氏名・生年月日等の情報入力の省略や、スムーズな年齢確認への活用も期待されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DF0304" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>質問</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンのマイナンバーカードはいつまで使うことができますか？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348374F0" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>回答</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 登録に利用した実物のマイナンバーカードの電子証明書の有効期限まで利用することができます。実物のマイナンバーカードの電子証明書や、カードそのものの有効期限が切れた場合は、更新手続きを行ってからスマートフォンに改めて登録しなおす必要があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3229F5C7" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>質問</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンのマイナンバーカードはマイナ保険証として利用できますか？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC69DED" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>回答</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナ保険証としての利用については、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>月以降、全国の医療機関・薬局等で順次利用できるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A53D46" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>質問</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンのマイナンバーカードはマイナ免許証として利用できますか？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022C9EC5" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>回答</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>できません。マイナ免許証は実物のマイナンバーカードにのみ搭載でき、スマートフォンに搭載することはできません。マイナ免許証として利用する場合は、必ず実物のマイナンバーカードを持ち歩くようにしてください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E05822E" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ECBD376" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>紛失時の対応</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7C03CC" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ここからはマイナンバーカード機能を搭載したスマートフォンを紛失してしまった時の対応方法に関するご案内です。　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CAA9035" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカード又はマイナンバーカード機能を搭載したスマートフォンを紛失した場合には、直ちに以下の電話番号にご連絡いただき、一時利用停止の手続きを行ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="366B3F0F" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A2127">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="36"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカード 総合フリーダイヤル（無料）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5EFB64" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A2127">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="36"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>0120-95-0178</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>（音声ガイダンス</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="36"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>番をダブルタップしてください）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15DEF61C" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>また、これまで公的個人認証サービス（オンライン上の本人確認）を利用できなかった民間サービスとも連携できます。</w:t>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="36"/>
-[...54 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>個人番号カードコールセンター（有料）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25944E4A" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>マイナポータルでは以下のような安全対策を行っています。</w:t>
-[...2325 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>0570-783-578</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458C369D" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナンバーカードを紛失した場合は、併せて住民票のある市区町村窓口に紛失等の届出を行ってください。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3179FCDE" w14:textId="77777777" w:rsidR="0094168B" w:rsidRPr="001A2127" w:rsidRDefault="0094168B">
-[...763 lines deleted...]
-    <w:sectPr w:rsidR="0094168B" w:rsidRPr="001A2127">
+    <w:p w14:paraId="0525EDE8" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E61563D" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、紛失したマイナンバーカードが見つかった場合は、電子証明書の一時保留を解除するために、お住まいの市区町村窓口で手続きを行ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67362080" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>手続きを行うと、利用者証明用電子証明書は一時保留を解除することができますが、署名用電子証明書は失効申請を行った後、新たな証明書の発行申請をする必要があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2289AD23" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>再発行時の手数料については、お住まいの市区町村の窓口へご確認ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C3DB01" w14:textId="77777777" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、紛失したスマートフォンが見つかった場合はマイナポータルアプリにてスマートフォンのマイナンバーカードの利用再開の手続きを行ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431B70AB" w14:textId="60291EF0" w:rsidR="002B50BA" w:rsidRPr="002B50BA" w:rsidRDefault="002B50BA" w:rsidP="002B50BA">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B50BA">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>スマートフォンのマイナンバーカードは再発行されることになりますので、改めて利用登録を行ってください。</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="002B50BA" w:rsidRPr="002B50BA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="游ゴシック Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BIZ UDPゴシック">
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002F7" w:usb1="2AC7EDF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="游ゴシック Light">
-    <w:panose1 w:val="020B0300000000000000"/>
+  <w:font w:name="+mn-cs">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="ＭＳ 明朝">
+    <w:altName w:val="MS Mincho"/>
+    <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="38"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="156"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
-  <w:hdrShapeDefaults>
-[...13 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0094168B"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00E7670B"/>
+    <w:rsidRoot w:val="002B50BA"/>
+    <w:rsid w:val="001257BC"/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rsid w:val="006D018A"/>
+    <w:rsid w:val="00756BCE"/>
+    <w:rsid w:val="00780FCD"/>
+    <w:rsid w:val="008C4F7A"/>
+    <w:rsid w:val="00A04E29"/>
+    <w:rsid w:val="00EB29D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050">
+    <o:shapedefaults v:ext="edit" spidmax="1026">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5659A436"/>
+  <w14:docId w14:val="656B0BCD"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4DF50113-D844-4ECA-A965-1F08FC94480D}"/>
+  <w15:docId w15:val="{4A638C85-EA44-4AD1-A4F4-9E5210F04E83}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="21"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4862,762 +8824,1535 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:jc w:val="both"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="100" w:left="100"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="200" w:left="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="300" w:left="300"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="400" w:left="400"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="500" w:left="500"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="見出し 1 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="見出し 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="見出し 3 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="見出し 4 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="見出し 5 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="見出し 6 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="見出し 7 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="見出し 8 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="見出し 9 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="表題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="副題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="引用文 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="23"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="引用文 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="24">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="002B50BA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Web">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0094168B"/>
+    <w:rsid w:val="002B50BA"/>
     <w:pPr>
       <w:widowControl/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-      <w:jc w:val="left"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:cs="ＭＳ Ｐゴシック"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
-  </w:style>
-[...42 lines deleted...]
-    <w:rsid w:val="006543EF"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="30958361">
+    <w:div w:id="4601192">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="38942710">
+    <w:div w:id="4673212">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="143354927">
+    <w:div w:id="14772104">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="299922021">
+    <w:div w:id="56248129">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="319384864">
+    <w:div w:id="79719705">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="345717124">
+    <w:div w:id="93089455">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="352850292">
+    <w:div w:id="163471749">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="421801922">
+    <w:div w:id="277834881">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="422533746">
+    <w:div w:id="340743855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="436289784">
+    <w:div w:id="345713652">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="448862296">
+    <w:div w:id="355543700">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="561215541">
+    <w:div w:id="359160085">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="571937896">
+    <w:div w:id="437912907">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="616988156">
+    <w:div w:id="439910210">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="669717507">
+    <w:div w:id="440032047">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="684357023">
+    <w:div w:id="455030564">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="721297272">
+    <w:div w:id="464005233">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="927269579">
+    <w:div w:id="513693123">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="954751446">
+    <w:div w:id="548417943">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="980035851">
+    <w:div w:id="627861709">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1017194366">
+    <w:div w:id="638654507">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1045956662">
+    <w:div w:id="678433265">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1085146292">
+    <w:div w:id="691029019">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1239096460">
+    <w:div w:id="712466059">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1241872382">
+    <w:div w:id="745300941">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1247811448">
+    <w:div w:id="751632799">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1257326593">
+    <w:div w:id="803884727">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1351177932">
+    <w:div w:id="804278735">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1379278255">
+    <w:div w:id="847328954">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1402872637">
+    <w:div w:id="893080662">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1434283943">
+    <w:div w:id="1000541914">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1463424653">
+    <w:div w:id="1003439448">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1464425453">
+    <w:div w:id="1085759203">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1481649867">
+    <w:div w:id="1112045674">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1555198766">
+    <w:div w:id="1153445992">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1557860399">
+    <w:div w:id="1215046033">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1638217457">
+    <w:div w:id="1222789437">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1653556841">
+    <w:div w:id="1232889669">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1762096758">
+    <w:div w:id="1234582432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1956982819">
+    <w:div w:id="1326133297">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2033529970">
+    <w:div w:id="1404837270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2083016897">
+    <w:div w:id="1412629021">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2090157658">
+    <w:div w:id="1432237955">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1436634044">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1458253467">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1465124497">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1467504701">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1503352766">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1526796642">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1535732426">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1557088901">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1603413033">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1710955612">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1752584780">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1770853805">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1856382617">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1859925678">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1863854404">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1870607843">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1873495888">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1911231581">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1953243997">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1964185845">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1976182786">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1980500798">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2039743056">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2048793629">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2050110509">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2096393907">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="游ゴシック Light" panose="020F0302020204030204"/>
+        <a:latin typeface="游ゴシック Light" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -5625,51 +10360,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="游明朝" panose="020F0502020204030204"/>
+        <a:latin typeface="游明朝" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -5819,159 +10554,177 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100630C360F03D9154893E8CD1E92A1C47E" ma:contentTypeVersion="12" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a7bc55e77245ee526a4c6de1d040215d">
-[...2 lines deleted...]
-    <xsd:import namespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010084154F20975AA5409AAA8A81D223D4B6" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="963ccaca711a582e36fee9d0e6a5471a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c23fec77-1f23-433b-b54b-3158c30b0fa3" xmlns:ns3="956f8374-eac6-4c01-9e9a-c7d7573af740" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d66a159e8ce2610d30bcd29c8735495" ns2:_="" ns3:_="">
+    <xsd:import namespace="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <xsd:import namespace="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="079a4871-f4a2-4665-9954-203da50962a5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c23fec77-1f23-433b-b54b-3158c30b0fa3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="4fc079cf-368d-4738-8e08-a0b0e68d1a92" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="1e1c6816-2a4f-4461-93c7-8dd281d6228d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="21" nillable="true" ma:displayName="承認の状態" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="22" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="956f8374-eac6-4c01-9e9a-c7d7573af740" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3e2f2ba5-c93a-4102-ad8d-e1a5341c9bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="2c894bec-798d-4cf3-95d8-8ea6401a7b86">
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4f4c2df7-119e-42eb-b5ef-c638e6a4a2bd}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="956f8374-eac6-4c01-9e9a-c7d7573af740">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -6039,133 +10792,155 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="956f8374-eac6-4c01-9e9a-c7d7573af740" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DDB2A41-15D1-4DA7-9B40-5761D71AC89A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7814A4C6-C0C8-480B-B050-365FA39C4DE5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="079a4871-f4a2-4665-9954-203da50962a5"/>
-    <ds:schemaRef ds:uri="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E353D2DA-472C-40C5-BA51-7BBDD41B9C3F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EC708C9-13E8-4B4D-AEE0-A939DC7961BE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E349636-D95B-4AB0-AAB2-39B40EE8AFE9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D1A0150-64C6-45F6-B0B5-9DF569F2E7C5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>25</Pages>
-[...1 lines deleted...]
-  <Characters>6926</Characters>
+  <Pages>32</Pages>
+  <Words>1599</Words>
+  <Characters>9115</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>タイトル</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8125</CharactersWithSpaces>
+  <CharactersWithSpaces>10693</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>山田 英治</dc:creator>
+  <dc:creator>望月 桃華</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100630C360F03D9154893E8CD1E92A1C47E</vt:lpwstr>
+    <vt:lpwstr>0x01010084154F20975AA5409AAA8A81D223D4B6</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>4195700</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>