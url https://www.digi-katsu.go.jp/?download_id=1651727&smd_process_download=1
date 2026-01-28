--- v0 (2025-10-15)
+++ v1 (2026-01-28)
@@ -3,5596 +3,6776 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="02C99AA1" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="5E20E3A5" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">スマートフォンアイフォン(iPhone)応用編　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3DC179" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="2ECA12E0" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>※スマートフォンの操作説明は、アルファベット表記が多いため、音声や点字での確認が効率的に行えるようにカタカナ表記に置き換えています。各単元の最初のみカタカナの後にアルファベット表記をカッコ内に書いています。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD16DF8" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1942DE5D" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35595819" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナポータルを活用しよう</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B96578D" w14:textId="77777777" w:rsidR="005411DE" w:rsidRDefault="005411DE">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="30EB9B04" w14:textId="77777777" w:rsidR="00EB29D0" w:rsidRPr="007345F1" w:rsidRDefault="00EB29D0" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A6F87A1" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナンバーカードで暮らしを便利に</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E15C6E" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="03B323AD" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>「マイナポータル」は、マイナンバーカードを使いログインすることで様々なサービスを受けることができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11A3C2C7" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="0A6C64D0" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナンバーカードは、様々な生活シーンで使うことで暮らしを便利にするカードと言われています。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52740576" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7B64458B" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナンバーカードを持っていると、なにができるのかを簡単に紹介させていただきます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48027069" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="50CCD85C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナンバーカードは、</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="209F3F3E" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="5D952CCB" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>使うことができます。</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+        <w:t>・銀行や保険会社の窓口などで、本人確認書類として使うことができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE44CC0" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>・マイナンバーカードは健康保険証としても利用できます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D05192" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="576135E5" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>・マイナポータルを使うと、市区町村や国への様々な手続がオンラインで実施できるようになります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD64746" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="475D6B5B" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>・住民票や印鑑登録証など各種証明書を、コンビニでいつでも取得することができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60791E39" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="65EC61BD" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>・公金受取口座の登録もできます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="218949B9" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="386E8E24" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・e-Taxで確定申告が自宅からできます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="044FC5EF" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>このように、マイナンバーカードは皆様の生活をより便利にするカードと言えます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2416E400" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="036926EA" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>本講座では、これらサービスの中の「マイナポータルの使い方」についてご説明いたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D359E1B" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="74067E40" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナポータルを使うことで、オンラインで各種行政手続ができますので、後ほどご説明いたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B789A31" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRDefault="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="4CF9A675" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E59A50E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>目次</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D2D635" w14:textId="652F4C8D" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="701DCCD8" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>１ マイナポータルを知りましょう</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="147087D2" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="4248749A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-A マイナポータルとは？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70AE14C7" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-B マイナポータルの画面説明</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61601884" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-C マイナポータルの利用の手順</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E997478" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>２ マイナポータル利用の準備をしよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2015E461" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-A マイナポータルアプリのインストールのしかた</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02E72D57" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-B マイナポータルのログイン/ログアウト方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C31CBF" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-C マイナポータルに関する確認サイト</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D32C9CB" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>３ マイナポータルで自分の情報を見てみよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30744BA3" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-A マイナポータルでどんな情報が見られるの？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78866C5A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-B 医療費情報を見てみよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F7A51E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-C 薬剤情報を見てみよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52864371" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-D 税・所得の情報を見てみよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D63433" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-E その他のわたしの情報を見てみよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B0A844" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4 マイナポータルを使ってオンラインでできる行政手続を探してみよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C33E6B5" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4-A オンライン行政手続とは？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E269BD2" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4-B 「さがす」の画面構成を知ろう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A34C0F9" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>4-C 行政手続を探してみよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44DBE9B2" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5 マイナポータルのその他の機能を知ろう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A13851" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5-A やりとり履歴について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AFA4F6C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5-B お知らせについて</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC5AD77" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5-C 外部サイトとの連携方法について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9C6FCB" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5-D 利用履歴について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6579961C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5-E 利用者登録変更について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0480A870" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5-F 代理人の登録・変更について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7EA44E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F127F45" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1 マイナポータルを知ろう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A953E7" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、マイナポータルの概要についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C1BFF6" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="656EC562" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>1-A マイナポータルとは？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C175197" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="65971F62" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルとは、政府が運営するオンラインサービスです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="719BEA2F" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>子育てや介護をはじめとする行政サービスの検索やオンライン申請ができたり、行政からのお知らせを受け取ることができる自分専用のサイトです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05740962" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>一部の機能の利用にはマイナンバーカードは不要ですが、マイナンバーカードでログインすれば全ての機能を利用することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F98B544" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルを利用するには</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306EC22D" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①スマートフォンの場合はマイナンバーカード読み取り対応の機種、パソコンの場合はマイナンバーカードに対応するアイシー（IC）カードリーダーが必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241C1556" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②ログイン時に利用者証明用電子証明書のパスワード（数字４桁）が必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646B47AD" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>※パスワードは3回連続で間違えるとロックがかかってしまいますので、正しいパスワードを事前に確認してから入力してください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A9A3F9" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③パスワードを正しく入力した後、マイナンバーカードをスマートフォンまたはアイシーカードリーダーにかざすことでマイナポータルを利用することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE0FAE3" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48F990E8" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1-B マイナポータルの画面説明</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A1E093" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="2938E1AF" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次にマイナポータルの画面の構成をご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0636C268" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルは大きく分けて3つのタブとメニューで構成されております。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCCBC5C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「ホーム」で、健康保険証や公金受取口座などの情報の確認が可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3263188C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「やること」で、利用者証明用電子証明書の更新などの進捗確認をすることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6980BA02" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「さがす」でカテゴリーから検索し、各項目の申請や情報の確認をすることが可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6921CDB7" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34EC1A40" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1-C マイナポータルの利用の手順</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3155A0" w14:textId="6298A812" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="60B7DE97" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">スマートフォンによるマイナポータルを利用するための手順についてご説明いたします。　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E342CA" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>全体の流れは、大別して、2章,3章,4章,5章に分かれます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1186037F" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2章は、マイナポータルを利用するための準備の部分です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D40D6E2" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナンバーカードを使いログイン（利用者証明用電子証明書の認証）を行うことで、自分専用のサイトが開設できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B807B57" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3～5章は、実際にマイナポータルを使ってみる部分です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0866EA" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>医療費や薬剤の処方履歴など様々な自分の情報を確認したり、オンラインで可能な行政手続きを探したりしてみましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DBEDEA" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F2572F3" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2　マイナポータル利用の準備をしよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AB7928B" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、マイナポータルを利用する準備についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7DB629" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルアプリやログイン方法、利用者の認証を行っていきます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C230AB" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>利用者認証の際には、ご自身のマイナンバーカードが必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D1C7A4" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>マイナンバーカードをお手元にご準備ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6176F261" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1211E462" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>2-A マイナポータルアプリのインストールのしかた</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65BE0ED0" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="537343E4" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「マイナポータルアプリ」のインストールのしかたをご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080055D4" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①まずは、ホーム画面でアップストア（App Store)をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE94AE2" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②次に、右下の「検索」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34B1F65E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③検索枠に「まいなぽーたる」と入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A453736" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④右下の検索ボタンをダブルタップし検索します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDFD0B0" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤「マイナポータルアプリ」のインストール画面が出てきますので、「入手」をダブルタップします。これでアプリのインストールが始まります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1855BCBE" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥インストールが完了すると表示が「開く」に変わります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568D7690" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F662A48" w14:textId="08C3B1ED" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-B マイナポータルのログイン/ログアウト方法</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D70BF2E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>次に、マイナポータルアプリへのログイン方法についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49633C4D" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、マイナポータルアプリを立ち上げます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0D21B9" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①マイナポータルアプリをインストール後、ホーム画面からマイナポータルをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D3A88C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②「マイナポータルにログイン」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D4FB89" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E1EACF1" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、利用者証明用電子証明書の認証を行い、マイナンバーカードをスマートフォンで読み取ります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19DD6528" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「利用者証明用電子証明書」とは、「ログインした者が、利用者本人であること」を証明することができる電子証明書のことで、マイナンバーカードに搭載されています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7E6D92" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>書面取引における印鑑証明書のようなものです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563E632A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「利用者証明用電子証明書のパスワード」とは、マイナンバーカードを市区町村の窓口で受け取った時に利用者証明用電子証明書に設定した数字4桁のパスワードのことです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="326F1607" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>①利用者証明用電子証明書の数字４桁のパスワードを入力します。パスワードを３回間違えると不正防止のためロックがかかります。　正しいパスワードを確認してから入力します。「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4758123F" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②マイナンバーカードをスマートフォンの読み取り部に密着させます。スマートフォンの機種により、マイナンバーカードの読み取り位置が異なる場合がございます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C0CCA3" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「読み取り開始」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B586027" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④「読み取りが完了しました」と表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486D8C76" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>初めてログインされる方は、次のページの利用者登録の画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="010FD1BE" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A7FD98B" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>はじめてログインされる方は、ここで利用者登録を行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C952A1" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「登録をはじめる」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7773DFF9" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②利用規約・プライバシーポリシーをチェックし「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB47A1E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>③メールアドレスを入力し、「確認コードを送信」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75BD9E39" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④確認コードを入力し、「次へ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3099E42D" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤メールアドレスを確認し、「登録」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD36C6A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥登録完了画面が表示されますので、「はじめる」をダブルタップします。これで「利用者登録」は完了です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E490F06" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68169D51" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、ログインと合わせてログアウト方法についてもご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469E274F" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ホーム画面右上にある横三本の線のマークをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C56D758" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②メニューが表示されますので、下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA82C4B" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「ログアウト」の文字が出てきますので、「ログアウト」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B839E7" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④「ログアウトしますか」というポップアップが表示されますので、再度「ログアウト」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9201BF" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>これでマイナポータルからログアウトすることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49597811" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="620DB6AD" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>2-C マイナポータルに関する確認サイト</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="296F58AF" w14:textId="15749521" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="4325F52C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルを利用するための確認サイトのご紹介です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223B6929" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータル対応のスマートフォンの機種、パソコンで利用する時に必要なマイナンバーカード読み取り対応のアイシーカードリーダー等、マイナポータルの動作環境や操作方法について、</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3E0B01" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、マイナポータルの最新の情報など利用に関しては、それぞれサイトがありますので参考にしてください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53391FA5" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①マイナポータルアプリ対応のスマートフォンの機種一覧</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517FE790" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②マイナンバーカード読み取り対応のアイシーカードリーダーの一覧</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E36B5C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③マイナポータル</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599A7F6A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>と検索いただき、必要に応じてお役立てください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4A0147" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E08DDFB" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3　マイナポータルで自分の情報を見てみよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7538A87E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、マイナポータルの各サービスの利用方法について、そのサービスの概要と利用方法についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E1A461" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DF62D6E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>3-A マイナポータルでどんな情報が見られるの？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26E6F150" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7839BDB5" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルを使うとどんな情報が見られるのか、簡単にご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A2FC668" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルでは、主に以下の情報を確認することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DB7525" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>〇健康・医療</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2A05D2" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>〇税・所得・口座情報</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2E5363" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>〇年金関係</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E41A773" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>〇子ども・子育て</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C1C03E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>〇世帯・戸籍情報</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF8DFB7" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>〇福祉・介護</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CAB5D7A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>〇雇用保険・労災</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152DDDAD" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B9DECD9" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>今回の講座では、上記の中から</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149400C0" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>〇医療費の確認</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CED76E8" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>〇薬の処方履歴の確認</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF75BC1" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>〇税・所得に関する情報の確認</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0887BACE" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>の3つを詳しく紹介します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B6353BC" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E94BC92" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>3-B 医療費情報を見てみよう</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C46494" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3B12FF50" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>それでは、マイナポータルを使って医療費情報を確認してみましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D96478" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ホーム画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F04994" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②健康医療の中の「医療費」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223DFAC3" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③過去の医療費の棒グラフや金額が表示されます。表示されるのは2021年9月分以降の情報になります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC9D971" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④棒グラフをダブルタップすることで、受診した医療機関や医療費の詳細金額が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D21BA1F" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37DBE971" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>3-C 薬剤情報を見てみよう</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D53456C" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...1940 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="0A976AD2" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、マイナポータルを使って薬剤情報を確認してみましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE9BACD" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①ホーム画面を下から上にスクロールします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40BCD852" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...104 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3AB0335F" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②健康医療の中の「薬」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB31B4C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③直近の処方履歴が赤枠内に表示されます。表示されるのは2021年9月分以降の情報になります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282B01E3" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④確認したい年度をダブルタップすることで、より詳細な処方履歴や処方薬局を見ることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78ABD166" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="128D8232" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3-D　税・所得の情報を見てみよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C8753B" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、マイナポータルを使って自分の所得や住民税に関する情報を確認してみましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4633B1" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①ホーム画面を下から上にスクロールします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F651458" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...120 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="723A16A4" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②おかねの中の「税・所得」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E9C27D" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="54F28962" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>③これまでの所得や個人住民税に関する情報が赤枠内に表示されます。情報は毎年7月頃に更新されます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D71744" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="778D64EA" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>④確認したい年度をダブルタップすることで、より詳細な情報を見ることができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D970F3F" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRDefault="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="26C51EA2" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A8FAFC3" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>3-E その他のわたしの情報を見てみよう</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0491E10A" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7556C1C6" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>次に、マイナポータルを使うとどんな情報が見られるのか、簡単にご説明いたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B72DEA6" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1C54C58A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>まず、「その他のわたしの情報」画面を開きます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D471FA" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7B2AF54D" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①ホーム画面を下から上にスクロールします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61255E68" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3A1197B0" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②「その他のわたしの情報」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157F0B00" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="4F50823E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③「その他のわたしの情報」画面が表示されます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF05BD5" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRDefault="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="54EA0695" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A982405" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>では、マイナポータルを使うとどんな情報が見られるのか、簡単にご説明いたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBCCFA3" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="39AACF73" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルを使えば「健康・医療、税・所得</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>口座情報、年金関係、子ども・子育て、世帯・戸籍情報、福祉・</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>介護、雇用保険・労災」の7つの分野の情報を見ることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E53D86" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>①健康・医療･･･かかった医療費や薬の履歴、健康診断の情報などを確認できます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770A4A34" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3D763A36" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②税・所得・口座情報･･･ご自身の所得や公金受取口座など、お金にまつわる情報を確認できます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60CDB33C" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7BA3FF1B" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③年金関係･･･ご自身の年金資格記録情報や、振り込み予定日など年金にまつわる情報を確認できます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E61F8DC" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="5D7EB8AD" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>④子ども・子育て･･･児童手当の支払い額や乳幼児の健康診断情報など育児にまつわる情報を確認できます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A266F72" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1D0539AB" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤世帯・戸籍情報･･･ご自身の住民票記録情報（続柄コード）を確認できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C8218EE" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑥福祉・介護･･･介護保険に関する資格・給付情報や生活保護に関する情報などを確認できます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A57E56C" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="56034B0F" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑦雇用保険・労災･･･雇用保険や労働災害に関する給付情報などが確認できます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090937C1" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...60 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7AC9ECD5" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09B244FC" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>〇税・所得に関する情報の確認</w:t>
-[...41 lines deleted...]
-        </w:rPr>
         <w:t>4　マイナポータルを使ってオンラインでできる行政手続を探してみよう</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="766D71DC" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRDefault="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="170D34B1" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、マイナポータル上でオンラインでできる行政手続きの方法についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28214041" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E143320" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>4-A オンライン行政手続とは？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="577BEB5A" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="07FA1CCF" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>まず、オンライン行政手続についてご説明いたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4800BFA6" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="212FDDEF" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナポータルでは子育てや介護をはじめとする行政手続の検索や申請がオンラインで行えます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FC528FB" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="4461DE29" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>行政機関により対応している手続が異なりますので予めご了承ください。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C211AE" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7994978B" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①ご自身にあった行政サービスの検索ができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="152D1AA7" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="5486A8BB" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>例えば、お住まいの地域と各種条件で検索すると、申請可能な手続を確認することができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E64355B" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="4D03E3E0" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②手続書類をオンラインで作成できます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="655FE934" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="2949EF54" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>手続に必要な書類をオンラインで作成できます。申請内容は途中で保存し、お好きなタイミングで再開することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146F3306" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>とができます。</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>③電子申請ができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44CB6922" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="090527ED" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>作成した手続書類は、オンラインで申請が可能です。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F5C6361" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="09361F04" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1449DD97" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>どのような行政手続がオンラインで可能か確認しましょう。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28992BF9" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="70C6B767" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>お住まいの自治体にかかわらず、どなたでも共通して実施が可能な行政手続には「引越しの手続」「年金の手続」「パスポートの手続」の3つがあります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1738AABA" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1276EA8C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>一例にはなりますが、「高齢者・介護」「住まい・くらし」「健康・出産」「防災・被災者支援」「子育て」など、お住まいの自治体によっては、さらに様々な行政手続が可能です。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD7F101" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRDefault="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="39992AA6" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63251F33" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>次に、オンライン行政手続きを行うにあたり自治体の設定をしましょう。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02281863" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="222ADB4B" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>ここで設定が必要な自治体は、住んでいる自治体ではなく申請先の自治体になります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="573C32FA" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="612B9812" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>①ホーム画面中央の「自治体を設定」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7C96AF" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="6075E3D9" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②都道府県を選択します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3841046C" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="5DD4B153" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③市区町村を選択します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="315386AA" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="43A3AD18" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>本教材では例として、自治体を東京都中央区に設定します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C620305" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="793459CA" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>④「設定」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071AB9CD" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="6865A60C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>これで自治体の設定は完了です。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C689CFA" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRDefault="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="172D5C4A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17E3722A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>4-B 「さがす」の画面構成を知ろう</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4550F680" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="0B9F69A3" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>次に、「さがす」の画面構成をご説明いたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0D721A" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7DA4446A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>まずは「さがす」画面を開きましょう。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74DF34F8" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="21E18B2C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①ホーム画面右下の「さがす」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32001305" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="64A4E9C7" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②「さがす」画面が表示されます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21701B0F" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="605A94B0" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25091BD4" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>「さがす」画面からは、様々な方法でマイナポータルのサービスを探すことができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64CAE4EA" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="697D4ADC" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>サービスを探すことができます。</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+        <w:t>探したいサービスが決まっている場合は直接画面上の検索ボックスにキーワードを入力することで関連するサービスを探すことができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06ADD8A1" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>その下には「＃」で検索ワードの一例もありますので、ここをダブルタップすることでも検索ができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2578F3E6" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="565C51E2" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>また、「注目」では特に需要の高い6つのキーワードから関連するサービスを探すこともできます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C317BEC" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="2EBE2A30" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>「証明書」からはマイナ保険証の登録や確認、パスポートに関わるサービスなどを探すことができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="016BDD83" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="50653A2B" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>「住まい」からは引っ越しの手続きや世帯情報の確認など暮らしに関わるサービスなどを探すことができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221D96BA" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="56756F71" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>「こども」からは保育園の申し込みや予防接種履歴の確認など、子育てに関わるサービスなどを探すことができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796B87A2" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="6A01DC03" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>「健康医療」からは医療費や薬剤履歴など、医療に関わるサービスなどを探すことができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D3F5919" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="64625E77" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>「お金」からは公金受取口座の登録や確認、税金や年金の確認などお金に関わるサービスなどを探すことができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7249E8AC" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="2CCEF358" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「出入国」からはパスポートの申請や更新など国外への渡航の際などに役に立つサービスを探すことができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5A30F7" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここで紹介している手続は一例です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11153DD6" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、お住まいの自治体によっては「対象の手続きはありません」と表示される場合もありますので、ご了承ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B2BB6E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02142814" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「さがす」画面を下から上にスクロールすると、カテゴリーからサービスの検索をすることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A523558" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ただし、表示される手続きは設定する自治体によって異なりますのでご注意ください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED56603" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>例えば東京都荒川区に設定すると以下6つのカテゴリーからもサービスを検索できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB740ED" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>渡航の際などに役に立つサービスを探すことができます。</w:t>
-[...125 lines deleted...]
-        </w:rPr>
         <w:t>「妊娠・出産」、「子育て」、「引越し・住まい」、「高齢者・介護」、「ご不幸」、「健康・医療」</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E576259" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="4042BB02" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>このように様々な検索方法があるので、自分に合った検索方法を見つけてみましょう。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E5383C" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRDefault="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="60409546" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="333F0379" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4-C 行政手続を探してみよう</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137505FD" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>それでは一緒に行政手続を探してみましょう。本教材で一例として取り扱う手続は以下の二つです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7363E6" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1つ目は、引越しの手続です。引越しの手続はお住まいの自治体にかかわらず可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CC2FBE" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイナポータルでは、転出元の市区町村への転出届の提出と転入先市区町村への来庁予定の連絡をオンラインですることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085066EA" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>２つ目は、罹災証明の発行申請です。罹災証明の発行申請は、自治体によって対応の場合と非対応の場合があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F88DF26" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>罹災証明とは、地震等でご自宅が被害を受けた際に、その程度を証明する書類です。オンラインの申請に対</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>4-C 行政手続を探してみよう</w:t>
-[...97 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+        <w:t>応している自治体にお住まいの場合、マイナポータルから発行の申請をすることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E57ADE" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>本教材で紹介する検索手順は一例です。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325D57BD" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="4EA743C1" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>本教材で紹介している手順だけでなく、様々な検索方法で同じ行政手続にたどり着くことができますので、自分に合った検索の方法を使ってみてください。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29558B03" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="052F7D07" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>それでは、実際に引越しの手続を探してみましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DC2966" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ホーム画面右下の「さがす」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2CD5D7" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②画面上の検索ボックスに「引越し」と入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A19566" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「検索」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49FA5B6E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④サービス・機能の中から「引越しの手続き」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46534776" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7682B6E6" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、罹災証明書の発行の手続を探してみましょう。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FAF9F0D" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ホーム画面右下の「さがす」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F75752F" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②画面上の検索ボックスに「防災」と入力します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3752670D" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③「検索」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F482979" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>自分に合った検索の方法を使ってみてください。</w:t>
-[...186 lines deleted...]
-        </w:rPr>
         <w:t>④自治体ごとの手続から「り災証明書の発行申請」の「詳しく見る」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FA31BC" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...35 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="2C57F475" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤自治体の申請画面が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FB585C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07394560" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>5　マイナポータルのその他の機能を知ろう</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61CE3F7E" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3B2720E8" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、マイナポータルのその他の機能についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5939B455" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04B646BA" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5-A やりとり履歴について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC412E1" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>まず、「やりとり履歴」についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00151C42" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>地方公共団体や国の行政機関等が保有する自己情報を確認できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E9AD46" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>情報を確認する場合には、次の情報を指定することが必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A93118" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・世帯情報、税・所得、健康・医療などの分野項目の指定</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CCD44F5" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・確認対象日、いつの時点のあなたの情報の内容が必要か、日付などの指定</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DB1950" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>5-A やりとり履歴について</w:t>
-[...100 lines deleted...]
-        </w:rPr>
         <w:t>これらを指定することで、ご自身の情報が参照できます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6815D3B9" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7A584B70" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="739F077A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>それでは、やりとり履歴があるか確認してみましょう。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="286856D2" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="36EEBE8B" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①ホーム画面を下から上にスクロールします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D77E5F" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="0010B1A4" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②「履歴を確認」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB256B5" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7C802214" w14:textId="33AC3D6F" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③やりとり履歴があれば赤枠内に表示されます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ADFFF9A" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRDefault="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1059D1C2" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70E71A1D" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>5-B お知らせについて</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A10E313" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="6CE1C15E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、「お知らせ」について、検索画面の表示までご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC436A6" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①ホーム画面の「お知らせ」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21714FC1" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②届いているお知らせが一覧で表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF85D20" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="110E72D7" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5-C 外部サイトとの連携方法について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72586012" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>外部サイトとの連携の使い方についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436A74B2" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ここでは、「お知らせ」について、検索画面の表示までご説明いたします。</w:t>
-[...92 lines deleted...]
-        </w:rPr>
         <w:t>外部サイトとの連携では、マイナポータルと外部サイトをつなぎ、つないだサイトのサービスを受けることができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005E0ED5" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="660BA8B4" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>例えば年末調整手続において、生命保険控除証明書等のデータをまとめて入手し、控除申告書へ自動入力ができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3121D279" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3115EE94" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71BF643A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>外部サイトとの連携方法についてご説明いたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79943C80" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="56750546" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①ホーム画面右上にある横三本の線のマークをダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E204D1" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="6258202D" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②「外部サイトとの連携」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8D0621" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="6DDAAE0F" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③外部サイトとの連携画面を下から上にスクロールします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="795473ED" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④「連携」をダブルタップすると各サービスと連動することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B003829" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D07BE3D" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5-D 利用履歴について</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D19E1FA" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、利用履歴についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64FF4062" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>③外部サイトとの連携画面を下から上にスクロールします。</w:t>
-[...75 lines deleted...]
-        </w:rPr>
         <w:t>利用履歴ではあなた、またはあなたの代理人がマイナポータルで「いつ」「どのサービスを利用したか」等の情報を確認することができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03D477F7" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="2FD19D71" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E9F82DC" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>次に、利用履歴の確認方法についてご説明いたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090AE193" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="386BFBF4" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①ホーム画面を下から上にスクロールします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="017C89A4" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="21AD904E" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②「利用履歴」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26ACF27E" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="17016B4F" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③「利用履歴一覧画面」が表示されます。ここで利用履歴を確認することができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9171D2" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRDefault="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1C07017C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05005A69" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>5-E 利用者登録変更について</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13C6B301" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="79991D59" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>次に、「利用者登録変更」についてご説明いたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48CDF0CC" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="0207C9CF" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは、マイナポータルの利用者情報の登録変更ができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FD5C204" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>変更できるのは、</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46812005" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・メール通知の変更</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B64771" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・メールアドレスの変更です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DF9BE9" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ここでは、マイナポータルの利用者情報の登録変更ができます。</w:t>
-[...66 lines deleted...]
-        </w:rPr>
         <w:t>メール通知の希望変更とは、マイナポータルにログインしたり、お知らせが来た際に、メールでの通知を希望するかどうかの変更です。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74183C63" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="782173F7" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="530914B5" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>利用者登録変更の方法をご説明いたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715E601F" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1E6C46E3" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①ホーム画面右上にある横三本の線のマークをダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C9A77C0" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3AE831DB" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②「メール通知」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="007D687F" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="6576DA6A" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③登録した利用者情報が表示されますので、変更したいところを選び変更します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F1DB01" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRDefault="000B47E5">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7416CC51" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27774BEB" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">5-F 代理人の登録・変更について　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D97744F" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="26A836F6" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>次に、代理人の登録・変更についてご説明いたします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E5144E0" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>代理人登録をすることで、代理人があなたの代わりにマイナポータルの機能を使うことができるようになります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECC001F" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>代理人を設定する際は、あなたが代理人同席のもと、代理人に利用を許可するサービスや、代理できる期間</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>代理人登録をすることで、代理人があなたの代わりにマイナポータルの機能を使うことができるようになります。</w:t>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+        <w:t>等を入力し、代理人が自身のマイナンバーカードを読み込ませて代理人登録を行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="632D6852" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>代理人登録後、あなたに代わって代理人が作業できるようになります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A55D287" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="70CC7EE0" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0430F3F3" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>代理人の登録・変更方法について確認してみましょう。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="797A6DDD" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="650B64AD" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①ホーム画面右上にある横三本の線のマークをダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D5BBE8" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="012231EB" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②「代理人の登録」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F6753E4" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="4E34C78C" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③行いたい操作を選び、登録・変更をします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0A3FE6" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5" w:rsidP="000B47E5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="59D82099" w14:textId="77777777" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>マイナポータルについての講座は以上です。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74FFB3C7" w14:textId="77777777" w:rsidR="000B47E5" w:rsidRPr="000B47E5" w:rsidRDefault="000B47E5">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="000B47E5" w:rsidRPr="000B47E5">
+    <w:p w14:paraId="67DCC8BF" w14:textId="55F14D43" w:rsidR="007345F1" w:rsidRPr="007345F1" w:rsidRDefault="007345F1" w:rsidP="007345F1">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007345F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007345F1" w:rsidRPr="007345F1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C4A5BB2" w14:textId="77777777" w:rsidR="007553C8" w:rsidRDefault="007553C8" w:rsidP="006543EF">
+    <w:p w14:paraId="25C09E40" w14:textId="77777777" w:rsidR="00A9388D" w:rsidRDefault="00A9388D" w:rsidP="00FE649C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73F0CA10" w14:textId="77777777" w:rsidR="007553C8" w:rsidRDefault="007553C8" w:rsidP="006543EF">
+    <w:p w14:paraId="7F475CE6" w14:textId="77777777" w:rsidR="00A9388D" w:rsidRDefault="00A9388D" w:rsidP="00FE649C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:endnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="3A144922" w14:textId="77777777" w:rsidR="007553C8" w:rsidRDefault="007553C8"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="游ゴシック Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BIZ UDPゴシック">
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002F7" w:usb1="2AC7EDF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="游ゴシック Light">
-[...4 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="+mn-cs">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="569C9942" w14:textId="77777777" w:rsidR="007553C8" w:rsidRDefault="007553C8" w:rsidP="006543EF">
+    <w:p w14:paraId="4B768AB1" w14:textId="77777777" w:rsidR="00A9388D" w:rsidRDefault="00A9388D" w:rsidP="00FE649C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B1A82EC" w14:textId="77777777" w:rsidR="007553C8" w:rsidRDefault="007553C8" w:rsidP="006543EF">
+    <w:p w14:paraId="0CCAB747" w14:textId="77777777" w:rsidR="00A9388D" w:rsidRDefault="00A9388D" w:rsidP="00FE649C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:footnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="78F48498" w14:textId="77777777" w:rsidR="007553C8" w:rsidRDefault="007553C8"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="156"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0094168B"/>
-[...32 lines deleted...]
-    <w:rsid w:val="00F0490B"/>
+    <w:rsidRoot w:val="007345F1"/>
+    <w:rsid w:val="001257BC"/>
+    <w:rsid w:val="00222D0D"/>
+    <w:rsid w:val="007345F1"/>
+    <w:rsid w:val="008C4F7A"/>
+    <w:rsid w:val="00A04E29"/>
+    <w:rsid w:val="00A9388D"/>
+    <w:rsid w:val="00D23800"/>
+    <w:rsid w:val="00E97B79"/>
+    <w:rsid w:val="00EB29D0"/>
+    <w:rsid w:val="00F27AE9"/>
+    <w:rsid w:val="00FE649C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5659A436"/>
+  <w14:docId w14:val="6E0BFFCF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4DF50113-D844-4ECA-A965-1F08FC94480D}"/>
+  <w15:docId w15:val="{95CEBEDD-74D4-4A58-9687-B67674257946}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="21"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5933,2829 +7113,1566 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:jc w:val="both"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="100" w:left="100"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="200" w:left="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="300" w:left="300"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="400" w:left="400"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="500" w:left="500"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="見出し 1 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="見出し 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="見出し 3 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="見出し 4 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="見出し 5 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="見出し 6 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="見出し 7 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="見出し 8 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="見出し 9 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="表題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="副題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="引用文 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="23"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="引用文 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="24">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="007345F1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Web">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0094168B"/>
+    <w:rsid w:val="007345F1"/>
     <w:pPr>
       <w:widowControl/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-      <w:jc w:val="left"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:cs="ＭＳ Ｐゴシック"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="00FE649C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="ヘッダー (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="00FE649C"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="00FE649C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="00FE649C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="4938084">
+    <w:div w:id="63843684">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="5062742">
+    <w:div w:id="106200093">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="25562483">
+    <w:div w:id="131948693">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="30349169">
+    <w:div w:id="144467542">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="30958361">
+    <w:div w:id="156043091">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="36510529">
+    <w:div w:id="174731281">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="38942710">
+    <w:div w:id="250823072">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="44566438">
+    <w:div w:id="386229015">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="45573548">
+    <w:div w:id="419764805">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="56362067">
+    <w:div w:id="435908256">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="73555679">
+    <w:div w:id="457644191">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="85468577">
+    <w:div w:id="459570906">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="95298675">
+    <w:div w:id="461391059">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="98451618">
+    <w:div w:id="558830026">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="122383394">
+    <w:div w:id="568031226">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="125199346">
+    <w:div w:id="568999520">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="126047543">
+    <w:div w:id="587226282">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="136804428">
+    <w:div w:id="612398805">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="138305149">
+    <w:div w:id="619537346">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="143354927">
+    <w:div w:id="622077819">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="145050342">
+    <w:div w:id="634916086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="154686591">
+    <w:div w:id="643779126">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="220403783">
+    <w:div w:id="650018734">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="251865938">
+    <w:div w:id="678582979">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="267125252">
+    <w:div w:id="688263156">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="280460524">
+    <w:div w:id="693769016">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="282153734">
+    <w:div w:id="694162272">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="283585799">
+    <w:div w:id="697779939">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="296110783">
+    <w:div w:id="702749755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="299922021">
+    <w:div w:id="709956546">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="319384864">
+    <w:div w:id="757024377">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="320428484">
+    <w:div w:id="781002280">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="323360698">
+    <w:div w:id="813527789">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="341906610">
+    <w:div w:id="829179220">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="345717124">
+    <w:div w:id="847134247">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="352850292">
+    <w:div w:id="847908962">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="359206850">
+    <w:div w:id="945505639">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="391849526">
+    <w:div w:id="960041363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="405420314">
+    <w:div w:id="982391516">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="421801922">
+    <w:div w:id="997417981">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="422533746">
+    <w:div w:id="1040665190">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="427237470">
+    <w:div w:id="1048141843">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="436289784">
+    <w:div w:id="1059478451">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="440303223">
+    <w:div w:id="1120301984">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="448862296">
+    <w:div w:id="1248539800">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="452091176">
+    <w:div w:id="1331371605">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="472021225">
+    <w:div w:id="1357194801">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="479422798">
+    <w:div w:id="1365859979">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="506409289">
+    <w:div w:id="1417096628">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="518664639">
+    <w:div w:id="1425685887">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="532697616">
+    <w:div w:id="1439174819">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="539979173">
+    <w:div w:id="1499421549">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="542786518">
+    <w:div w:id="1538588782">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="561215541">
+    <w:div w:id="1593709214">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="571937896">
+    <w:div w:id="1660843591">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="580338411">
+    <w:div w:id="1673676130">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="616988156">
+    <w:div w:id="1718317054">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="624772962">
+    <w:div w:id="1805659897">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="630020787">
+    <w:div w:id="1837375898">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="634021501">
+    <w:div w:id="1852521687">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="639266644">
+    <w:div w:id="1898860675">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="655501059">
+    <w:div w:id="1925382696">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="669717507">
+    <w:div w:id="1973636780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="678704494">
+    <w:div w:id="2012297547">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="684208831">
+    <w:div w:id="2057923128">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="684357023">
+    <w:div w:id="2106069991">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="713163049">
+    <w:div w:id="2135712760">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="716391453">
-[...1741 lines deleted...]
-    <w:div w:id="2147235267">
+    <w:div w:id="2140610368">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="游ゴシック Light" panose="020F0302020204030204"/>
+        <a:latin typeface="游ゴシック Light" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8763,51 +8680,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="游明朝" panose="020F0502020204030204"/>
+        <a:latin typeface="游明朝" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8957,179 +8874,198 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="2c894bec-798d-4cf3-95d8-8ea6401a7b86" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="079a4871-f4a2-4665-9954-203da50962a5">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="956f8374-eac6-4c01-9e9a-c7d7573af740" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100630C360F03D9154893E8CD1E92A1C47E" ma:contentTypeVersion="12" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a7bc55e77245ee526a4c6de1d040215d">
-[...2 lines deleted...]
-    <xsd:import namespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010084154F20975AA5409AAA8A81D223D4B6" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="963ccaca711a582e36fee9d0e6a5471a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c23fec77-1f23-433b-b54b-3158c30b0fa3" xmlns:ns3="956f8374-eac6-4c01-9e9a-c7d7573af740" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d66a159e8ce2610d30bcd29c8735495" ns2:_="" ns3:_="">
+    <xsd:import namespace="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <xsd:import namespace="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="079a4871-f4a2-4665-9954-203da50962a5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c23fec77-1f23-433b-b54b-3158c30b0fa3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="4fc079cf-368d-4738-8e08-a0b0e68d1a92" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="1e1c6816-2a4f-4461-93c7-8dd281d6228d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="21" nillable="true" ma:displayName="承認の状態" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="22" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="956f8374-eac6-4c01-9e9a-c7d7573af740" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3e2f2ba5-c93a-4102-ad8d-e1a5341c9bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="2c894bec-798d-4cf3-95d8-8ea6401a7b86">
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4f4c2df7-119e-42eb-b5ef-c638e6a4a2bd}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="956f8374-eac6-4c01-9e9a-c7d7573af740">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -9197,128 +9133,119 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E353D2DA-472C-40C5-BA51-7BBDD41B9C3F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71992172-F23E-4508-B7F0-03724D710D03}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E349636-D95B-4AB0-AAB2-39B40EE8AFE9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DADB69D-2147-488B-818E-ACD4C80D1252}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DDB2A41-15D1-4DA7-9B40-5761D71AC89A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6C768AF-A899-4672-8775-24E75B22E676}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="079a4871-f4a2-4665-9954-203da50962a5"/>
-    <ds:schemaRef ds:uri="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>28</Pages>
-[...1 lines deleted...]
-  <Characters>7705</Characters>
+  <Pages>30</Pages>
+  <Words>1373</Words>
+  <Characters>7828</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
+  <Lines>65</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9038</CharactersWithSpaces>
+  <CharactersWithSpaces>9183</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>山田 英治</dc:creator>
+  <dc:creator>望月 桃華</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100630C360F03D9154893E8CD1E92A1C47E</vt:lpwstr>
+    <vt:lpwstr>0x01010084154F20975AA5409AAA8A81D223D4B6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>4195600</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>