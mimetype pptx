--- v0 (2025-11-06)
+++ v1 (2026-01-07)
@@ -176,51 +176,51 @@
     <p:sldId id="1038" r:id="rId16"/>
     <p:sldId id="1040" r:id="rId17"/>
     <p:sldId id="1041" r:id="rId18"/>
     <p:sldId id="1042" r:id="rId19"/>
     <p:sldId id="1044" r:id="rId20"/>
     <p:sldId id="1045" r:id="rId21"/>
     <p:sldId id="1046" r:id="rId22"/>
     <p:sldId id="1047" r:id="rId23"/>
     <p:sldId id="1048" r:id="rId24"/>
     <p:sldId id="1050" r:id="rId25"/>
     <p:sldId id="1049" r:id="rId26"/>
     <p:sldId id="1051" r:id="rId27"/>
     <p:sldId id="1052" r:id="rId28"/>
     <p:sldId id="1053" r:id="rId29"/>
     <p:sldId id="1039" r:id="rId30"/>
     <p:sldId id="1054" r:id="rId31"/>
     <p:sldId id="1055" r:id="rId32"/>
     <p:sldId id="1056" r:id="rId33"/>
     <p:sldId id="1058" r:id="rId34"/>
     <p:sldId id="1059" r:id="rId35"/>
     <p:sldId id="1060" r:id="rId36"/>
     <p:sldId id="1061" r:id="rId37"/>
     <p:sldId id="1062" r:id="rId38"/>
     <p:sldId id="1063" r:id="rId39"/>
     <p:sldId id="1064" r:id="rId40"/>
-    <p:sldId id="1106" r:id="rId41"/>
+    <p:sldId id="1107" r:id="rId41"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6737350" cy="9869488"/>
   <p:custDataLst>
     <p:tags r:id="rId43"/>
   </p:custDataLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ja-JP"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kumimoji="1" sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kumimoji="1" sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
@@ -364,63 +364,63 @@
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{EE4E95A1-6B55-4C54-AD80-C147FB48C0F9}" v="1" dt="2025-03-13T01:12:43.601"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="18916" autoAdjust="0"/>
-    <p:restoredTop sz="83242" autoAdjust="0"/>
+    <p:restoredTop sz="94300" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="90" d="100"/>
-          <a:sy n="90" d="100"/>
+          <a:sx n="65" d="100"/>
+          <a:sy n="65" d="100"/>
         </p:scale>
-        <p:origin x="1944" y="90"/>
+        <p:origin x="1124" y="56"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr varScale="1">
       <p:scale>
@@ -428,51 +428,51 @@
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1" showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="44" d="100"/>
           <a:sy n="44" d="100"/>
         </p:scale>
         <p:origin x="2792" y="40"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="3109"/>
         <p:guide pos="2123"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId49" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="tags/tag1.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId49" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="tags/tag1.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -3793,51 +3793,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3816274" y="2"/>
             <a:ext cx="2919519" cy="495188"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="90332" tIns="45166" rIns="90332" bIns="45166" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4FE7F398-C44E-EB48-B175-4278262AA32A}" type="datetimeFigureOut">
               <a:rPr lang="ja-JP" altLang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/3</a:t>
             </a:fld>
             <a:endParaRPr lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="スライド イメージ プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="712788" y="582613"/>
             <a:ext cx="5311775" cy="3983037"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -7047,85 +7047,85 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2B53D04A-B60E-1241-96E3-BBB7CC6C31A8}" type="slidenum">
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:pPr/>
               <a:t>37</a:t>
             </a:fld>
             <a:endParaRPr lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="スライド イメージ プレースホルダー 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A9DA724-8BD1-7536-C459-36C78E00719B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1208B6C9-271A-9903-535E-37C4683D10E5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="ノート プレースホルダー 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF90A05C-6E23-6F45-FEEB-110A1D1155DC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97D1DF74-CAE4-9814-374D-E75E548CE0C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2545960852"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -9390,51 +9390,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="日付プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Abadi" panose="020B0604020104020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{764C1CBF-02BE-C949-8A80-6278B6932A94}" type="datetimeFigureOut">
               <a:rPr lang="ja-JP" altLang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/3</a:t>
             </a:fld>
             <a:endParaRPr lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="フッター プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Abadi" panose="020B0604020104020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -10869,51 +10869,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Abadi" panose="020B0604020104020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{764C1CBF-02BE-C949-8A80-6278B6932A94}" type="datetimeFigureOut">
               <a:rPr lang="ja-JP" altLang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/3</a:t>
             </a:fld>
             <a:endParaRPr lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Abadi" panose="020B0604020104020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -11203,51 +11203,51 @@
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Abadi" panose="020B0604020104020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{764C1CBF-02BE-C949-8A80-6278B6932A94}" type="datetimeFigureOut">
               <a:rPr lang="ja-JP" altLang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/3</a:t>
             </a:fld>
             <a:endParaRPr lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -11597,270 +11597,270 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr kumimoji="1" sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag8.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject7.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag8.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject8.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag10.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject9.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag10.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject10.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject11.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject12.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag14.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject13.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag14.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject14.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject15.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag17.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject16.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag17.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag18.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject17.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag18.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag19.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject18.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag19.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject19.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag21.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject20.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag21.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag22.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject21.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag22.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag24.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject22.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag24.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag25.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject23.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag25.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag26.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject24.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag26.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag27.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject25.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag27.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag28.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject26.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag28.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag29.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject27.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag29.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject28.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag30.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag30.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag31.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject29.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag31.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag32.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject30.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag32.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag33.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag33.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag34.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject31.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag34.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject4.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject5.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject6.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="テキスト ボックス 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D81D4D6-5110-4FDB-A422-D38F27C69A93}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7544393" y="6384107"/>
-            <a:ext cx="1042593" cy="276999"/>
+            <a:ext cx="1117935" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="7938"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
               <a:t>令和</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
               <a:t>7</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
-              <a:t>4</a:t>
+              <a:t>11</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
               <a:t>月</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="サブタイトル 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3333F582-E97D-3090-FD33-D56CFC51F086}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
@@ -40377,233 +40377,157 @@
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
               <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
-              <a:r>
-[...53 lines deleted...]
-              </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>　 使って楽しく歩こう</a:t>
+                <a:t>●全国版救急受診アプリ</a:t>
               </a:r>
-              <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
-[...12 lines deleted...]
-              </a:pPr>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
               <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>●全国版救急受診アプリ（</a:t>
+                <a:t>　（</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>Q</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>助）で</a:t>
+                <a:t>助）で病気やけがの</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>　 病気やけがの緊急度を </a:t>
-[...17 lines deleted...]
-                <a:t> 　判定しよう</a:t>
+                <a:t>　 緊急度を 判定しよう</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="正方形/長方形 8">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{788A9A97-85C4-93C7-0405-C68F559B1D73}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
@@ -40730,107 +40654,100 @@
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:lnSpc>
                   <a:spcPct val="130000"/>
                 </a:lnSpc>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFont typeface="+mj-ea"/>
                 <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>●スマートフォン用電子証明書を</a:t>
+                <a:t>●マイナンバーカードの機能を　　　　　　　　　　　　　　　　</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:lnSpc>
                   <a:spcPct val="130000"/>
                 </a:lnSpc>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFont typeface="+mj-ea"/>
                 <a:buNone/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
-[...9 lines deleted...]
-              <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>　スマートフォンに搭載しよう</a:t>
+                <a:t>　 スマートフォンに搭載しよう</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
-              <a:pPr>
+              <a:pPr lvl="0">
                 <a:lnSpc>
                   <a:spcPct val="130000"/>
                 </a:lnSpc>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFont typeface="+mj-ea"/>
+                <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>●マイナポータルを</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr>
                 <a:lnSpc>
                   <a:spcPct val="130000"/>
@@ -41589,51 +41506,51 @@
               <a:defRPr sz="2800" b="1" i="0">
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>総務省デジタル活用支援推進事業　教材一覧（応用講座）　</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="449840931"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1839277533"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -47706,158 +47623,86 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-    <xsd:import namespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010086F37CC57251AD49BD16DFA498AB63FA" ma:contentTypeVersion="3" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a11c2663ab92a0fbc46fe69a28746cc2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5ee39776-654d-4190-9d41-90b94a876707" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b83f16d3a62d112188cee080a689bad3" ns2:_="">
+    <xsd:import namespace="5ee39776-654d-4190-9d41-90b94a876707"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-[...6 lines deleted...]
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="079a4871-f4a2-4665-9954-203da50962a5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5ee39776-654d-4190-9d41-90b94a876707" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
-    </xsd:element>
-[...52 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -47915,152 +47760,140 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement>
-[...4 lines deleted...]
-  </documentManagement>
+  <documentManagement/>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82A59DCD-4DBB-444D-A7B9-AF6BABE5E7CD}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68B7F6FB-A09B-4627-82B4-88064223F3A5}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E5E95BA-ABE8-4C42-B970-9D9EFA2B0043}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E0E30DB-0415-4458-A9FB-7FC2791A2620}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="079a4871-f4a2-4665-9954-203da50962a5"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82A59DCD-4DBB-444D-A7B9-AF6BABE5E7CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>1890</Words>
+  <Words>1880</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>画面に合わせる (4:3)</PresentationFormat>
-  <Paragraphs>428</Paragraphs>
+  <Paragraphs>426</Paragraphs>
   <Slides>37</Slides>
   <Notes>37</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用されているフォント</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>テーマ</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>埋め込まれた OLE サーバー</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>スライド タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>37</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="44" baseType="lpstr">
+    <vt:vector size="43" baseType="lpstr">
       <vt:lpstr>BIZ UDPゴシック</vt:lpstr>
       <vt:lpstr>Abadi</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>ホワイト</vt:lpstr>
       <vt:lpstr>think-cell スライド</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>1-A</vt:lpstr>
       <vt:lpstr>1-B</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>浸水ナビを検索しましょう</vt:lpstr>
       <vt:lpstr>浸水ナビを検索しましょう</vt:lpstr>
       <vt:lpstr>浸水ナビを検索しましょう</vt:lpstr>
       <vt:lpstr>浸水ナビを検索しましょう</vt:lpstr>
       <vt:lpstr>浸水ナビを検索しましょう</vt:lpstr>
       <vt:lpstr>浸水ナビを検索しましょう</vt:lpstr>
       <vt:lpstr>浸水ナビをブックマークしましょう</vt:lpstr>
       <vt:lpstr>浸水ナビをブックマークしましょう</vt:lpstr>
       <vt:lpstr>浸水ナビをブックマークしましょう</vt:lpstr>
       <vt:lpstr>浸水ナビをブックマークしましょう</vt:lpstr>
       <vt:lpstr>浸水ナビをブックマークしましょう</vt:lpstr>
       <vt:lpstr>浸水ナビをブックマークしましょう</vt:lpstr>
       <vt:lpstr>浸水ナビをブックマークしましょう</vt:lpstr>
       <vt:lpstr>浸水ナビをホーム画面に追加しましょう</vt:lpstr>
       <vt:lpstr>浸水ナビをホーム画面に追加しましょう</vt:lpstr>
       <vt:lpstr>浸水ナビをホーム画面に追加しましょう</vt:lpstr>
@@ -48081,51 +47914,51 @@
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint プレゼンテーション</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100630C360F03D9154893E8CD1E92A1C47E</vt:lpwstr>
+    <vt:lpwstr>0x01010086F37CC57251AD49BD16DFA498AB63FA</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:lpwstr>99800.0000000000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>