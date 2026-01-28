--- v0 (2025-11-30)
+++ v1 (2026-01-28)
@@ -98,50 +98,51 @@
   <Override PartName="/ppt/tags/tag15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/media/image29.jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/tags/tag16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/tags/tag27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" removePersonalInfoOnSave="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId34"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
@@ -331,63 +332,63 @@
     <a:srgbClr val="323332"/>
     <a:srgbClr val="2FD159"/>
     <a:srgbClr val="1A1A25"/>
     <a:srgbClr val="4472C4"/>
     <a:srgbClr val="009650"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="17271" autoAdjust="0"/>
     <p:restoredTop sz="75552" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="81" d="100"/>
-          <a:sy n="81" d="100"/>
+          <a:sx n="52" d="100"/>
+          <a:sy n="52" d="100"/>
         </p:scale>
-        <p:origin x="2310" y="96"/>
+        <p:origin x="1564" y="40"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr varScale="1">
       <p:scale>
@@ -395,51 +396,51 @@
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1" showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="44" d="100"/>
           <a:sy n="44" d="100"/>
         </p:scale>
         <p:origin x="2792" y="40"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="3109"/>
         <p:guide pos="2123"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="tags/tag1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="tags/tag1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -1500,51 +1501,51 @@
   <dgm:cxnLst>
     <dgm:cxn modelId="{C86B3C10-C1ED-4C50-9F2A-17C3FE0095F9}" type="presOf" srcId="{0A7DAA73-6D11-4B59-8420-56DBBA4F832B}" destId="{8A8CE745-C6CE-4C50-B858-AFE006D94E10}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{154EDD12-29BD-4DCE-99BC-8D0EE7D89BAF}" type="presOf" srcId="{903681C3-8BCA-43E9-B989-B0582312DA4B}" destId="{650BC71E-160C-4FCA-BD69-3875E70F95BD}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{71D9005F-31C5-4DEF-8B20-2371D77374A6}" type="presOf" srcId="{ACD1380F-FAE9-47B9-ACD5-AA8A41E1F854}" destId="{B9FEB991-EE29-470A-9878-9AA272ACEA81}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{1CD8B16A-61FB-4D3B-A8E6-6DA178A65D64}" type="presOf" srcId="{4C642A99-9007-43E5-B1F9-67E46DEBCF68}" destId="{1C9EA04B-58C7-4495-9D4A-7A49536BA4D8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{1E8E817B-E6FD-4A20-AEEF-E4E655313430}" srcId="{ACD1380F-FAE9-47B9-ACD5-AA8A41E1F854}" destId="{903681C3-8BCA-43E9-B989-B0582312DA4B}" srcOrd="3" destOrd="0" parTransId="{9BBA094E-E596-415B-BC73-1DB59FC1463A}" sibTransId="{6D8AE3F4-43F3-49C3-B49A-9AD9779FC496}"/>
     <dgm:cxn modelId="{1EE77288-2239-4E7A-93F7-FF8C93306801}" type="presOf" srcId="{6AF6950F-FFED-4CAA-AE0A-47FA9F9A00F0}" destId="{BF355B89-595A-4C6C-8A1B-D9EF1B84E4CD}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{308C52E0-7A2E-43BD-AE7D-96AABFE4B202}" srcId="{ACD1380F-FAE9-47B9-ACD5-AA8A41E1F854}" destId="{0A7DAA73-6D11-4B59-8420-56DBBA4F832B}" srcOrd="2" destOrd="0" parTransId="{A80B9CBE-B5F3-4D7D-AB3F-27D451BED8DA}" sibTransId="{DDE92B90-1B0E-4A57-AEAE-DB6DB8451F4B}"/>
     <dgm:cxn modelId="{06AF23F2-9BEC-4FA0-869A-2ED819087688}" srcId="{ACD1380F-FAE9-47B9-ACD5-AA8A41E1F854}" destId="{6AF6950F-FFED-4CAA-AE0A-47FA9F9A00F0}" srcOrd="1" destOrd="0" parTransId="{509805D8-C94A-46EC-AA27-E253CB644BDC}" sibTransId="{3E8A634C-7A89-407E-A706-48A05E30E87B}"/>
     <dgm:cxn modelId="{145E48FB-E188-4119-AF08-49A3845F8656}" srcId="{ACD1380F-FAE9-47B9-ACD5-AA8A41E1F854}" destId="{4C642A99-9007-43E5-B1F9-67E46DEBCF68}" srcOrd="0" destOrd="0" parTransId="{9B26636B-7CA3-42ED-87EF-DBC73C80FEC1}" sibTransId="{685836C4-2C03-4D55-9396-F306CEAFF849}"/>
     <dgm:cxn modelId="{2A150FE0-3B83-42DD-98C5-ACBC0F794AD9}" type="presParOf" srcId="{B9FEB991-EE29-470A-9878-9AA272ACEA81}" destId="{B696782D-AFD8-4683-8C0C-1EAC58182CBC}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{21231CD0-9670-40CF-B0E7-091C143F74D1}" type="presParOf" srcId="{B696782D-AFD8-4683-8C0C-1EAC58182CBC}" destId="{D1D09264-718A-49A8-9C7C-784AE1EAC358}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{D3D4FB59-7D1B-4189-BE3E-3E862FAF4898}" type="presParOf" srcId="{B9FEB991-EE29-470A-9878-9AA272ACEA81}" destId="{723E8025-5690-4E55-B9B8-ECC9FAF689FC}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{E8C64FEE-303E-4325-9708-090537B31A0A}" type="presParOf" srcId="{723E8025-5690-4E55-B9B8-ECC9FAF689FC}" destId="{1C9EA04B-58C7-4495-9D4A-7A49536BA4D8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{C38C9C96-1966-49A2-921A-DAEDC830A50D}" type="presParOf" srcId="{723E8025-5690-4E55-B9B8-ECC9FAF689FC}" destId="{BF355B89-595A-4C6C-8A1B-D9EF1B84E4CD}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{706C6FD3-5D74-4F44-96C8-2B691350E0D2}" type="presParOf" srcId="{723E8025-5690-4E55-B9B8-ECC9FAF689FC}" destId="{8A8CE745-C6CE-4C50-B858-AFE006D94E10}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{4C2BCE8E-70BD-44F1-B28F-EED8D8088ED2}" type="presParOf" srcId="{723E8025-5690-4E55-B9B8-ECC9FAF689FC}" destId="{650BC71E-160C-4FCA-BD69-3875E70F95BD}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{5BF75667-F864-4FDF-8A7C-2EEBDC68413F}" type="presParOf" srcId="{723E8025-5690-4E55-B9B8-ECC9FAF689FC}" destId="{D5D5B3B7-29FB-4B75-8CCA-E66110BABA16}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{194F2DCA-E2E9-4C16-B78A-34856CA45DD3}" type="presParOf" srcId="{B9FEB991-EE29-470A-9878-9AA272ACEA81}" destId="{1783777C-8DFD-4D78-8187-0DF5AD903FD3}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
     <dgm:cxn modelId="{3283DA81-603B-48DB-BC87-07CA1A96C96D}" type="presParOf" srcId="{B9FEB991-EE29-470A-9878-9AA272ACEA81}" destId="{37695F6F-F212-494C-A1C7-72E43B34C119}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle4"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId10" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{1C9EA04B-58C7-4495-9D4A-7A49536BA4D8}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="1186571" y="554770"/>
           <a:ext cx="2482054" cy="2482054"/>
         </a:xfrm>
         <a:prstGeom prst="pieWedge">
           <a:avLst/>
@@ -3760,51 +3761,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3816274" y="2"/>
             <a:ext cx="2919519" cy="495188"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="90332" tIns="45166" rIns="90332" bIns="45166" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4FE7F398-C44E-EB48-B175-4278262AA32A}" type="datetimeFigureOut">
               <a:rPr lang="ja-JP" altLang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/3</a:t>
             </a:fld>
             <a:endParaRPr lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="スライド イメージ プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="712788" y="582613"/>
             <a:ext cx="5311775" cy="3983037"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -6119,107 +6120,119 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="スライド イメージ プレースホルダー 1"/>
+          <p:cNvPr id="4" name="スライド番号プレースホルダー 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{2B53D04A-B60E-1241-96E3-BBB7CC6C31A8}" type="slidenum">
+              <a:rPr lang="ja-JP" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>29</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ja-JP" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="スライド イメージ プレースホルダー 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1208B6C9-271A-9903-535E-37C4683D10E5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="ノート プレースホルダー 2"/>
+          <p:cNvPr id="5" name="ノート プレースホルダー 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97D1DF74-CAE4-9814-374D-E75E548CE0C2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
-[...23 lines deleted...]
-            <a:endParaRPr lang="ja-JP" altLang="en-US" dirty="0"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="410090245"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2545960852"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -8580,51 +8593,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="日付プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Abadi" panose="020B0604020104020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{764C1CBF-02BE-C949-8A80-6278B6932A94}" type="datetimeFigureOut">
               <a:rPr lang="ja-JP" altLang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/3</a:t>
             </a:fld>
             <a:endParaRPr lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="フッター プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Abadi" panose="020B0604020104020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -10059,51 +10072,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Abadi" panose="020B0604020104020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{764C1CBF-02BE-C949-8A80-6278B6932A94}" type="datetimeFigureOut">
               <a:rPr lang="ja-JP" altLang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/3</a:t>
             </a:fld>
             <a:endParaRPr lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Abadi" panose="020B0604020104020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -10393,51 +10406,51 @@
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Abadi" panose="020B0604020104020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{764C1CBF-02BE-C949-8A80-6278B6932A94}" type="datetimeFigureOut">
               <a:rPr lang="ja-JP" altLang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2025/4/4</a:t>
+              <a:t>2025/10/3</a:t>
             </a:fld>
             <a:endParaRPr lang="ja-JP" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -10787,238 +10800,238 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr kumimoji="1" sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag8.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject7.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag8.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject8.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag10.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject9.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag10.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject4.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject10.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject4.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject11.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject4.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject12.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag14.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject13.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag14.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject14.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject15.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag17.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject16.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag17.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag18.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject17.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag18.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag19.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject18.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag19.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject19.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag21.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject20.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag21.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag22.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject21.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag22.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag23.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject22.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag23.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag24.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject23.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag24.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag25.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject24.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag25.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag26.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject25.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag26.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag27.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject5.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject6.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="テキスト ボックス 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D81D4D6-5110-4FDB-A422-D38F27C69A93}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7544393" y="6384107"/>
-            <a:ext cx="1042593" cy="276999"/>
+            <a:ext cx="1117935" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="7938"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
               <a:t>令和</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
               <a:t>7</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
+              <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
-              <a:t>4</a:t>
+              <a:t>11</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Meiryo" charset="-128"/>
               </a:rPr>
               <a:t>月</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="サブタイトル 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3333F582-E97D-3090-FD33-D56CFC51F086}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
@@ -35970,78 +35983,145 @@
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="20" name="オブジェクト 19" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D28762B-E78F-40AB-BCE6-D0ED9B40A96A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:custDataLst>
+              <p:tags r:id="rId1"/>
+            </p:custDataLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1144552" y="858712"/>
+          <a:ext cx="1190" cy="1190"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="think-cell スライド" r:id="rId4" imgW="554" imgH="551" progId="TCLayout.ActiveDocument.1">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="think-cell スライド" r:id="rId4" imgW="554" imgH="551" progId="TCLayout.ActiveDocument.1">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="20" name="オブジェクト 19" hidden="1">
+                        <a:extLst>
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D28762B-E78F-40AB-BCE6-D0ED9B40A96A}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </p:cNvPr>
+                      <p:cNvPicPr/>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId5"/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr>
+                      <a:xfrm>
+                        <a:off x="1144552" y="858712"/>
+                        <a:ext cx="1190" cy="1190"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="3" name="グループ化 2">
+          <p:cNvPr id="4" name="グループ化 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EC1FBCC-03E9-35C9-9EBB-30CC48E54631}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DD88778-B0FA-03B1-B3BF-D4F7FEE30D9E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr>
             <a:grpSpLocks noChangeAspect="1"/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="130510" y="782484"/>
             <a:ext cx="8882979" cy="6188295"/>
             <a:chOff x="261021" y="799121"/>
             <a:chExt cx="8621956" cy="6006454"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="4" name="正方形/長方形 3">
+            <p:cNvPr id="12" name="正方形/長方形 11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29AFF50D-3C51-4FF4-9DF0-A0E5146D677D}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74BD9289-6328-445D-AAB7-8B7F74985256}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4659286" y="3873107"/>
               <a:ext cx="4223690" cy="2771962"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="95000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
@@ -36286,54 +36366,54 @@
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>安心・安全にインターネットを楽しもう</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="5" name="正方形/長方形 4">
+            <p:cNvPr id="11" name="正方形/長方形 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EDEC7BC-89BE-4B01-131A-E5B5EB963232}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92E7EAB9-1C29-0136-A54E-FB425C86A56E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4659286" y="961253"/>
               <a:ext cx="4223691" cy="2778166"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="95000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
@@ -36539,54 +36619,54 @@
               <a:pPr lvl="0" algn="r"/>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>情報を知ろう</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="6" name="正方形/長方形 5">
+            <p:cNvPr id="10" name="正方形/長方形 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B180AE58-2A84-7CB2-940B-3CE3D65A3BCD}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F035351-EEAB-3FA4-6200-2E1DFE3623E2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="261021" y="3873106"/>
               <a:ext cx="4223693" cy="2771963"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="95000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
@@ -36666,251 +36746,175 @@
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
               <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
-              <a:r>
-[...53 lines deleted...]
-              </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>　 使って楽しく歩こう</a:t>
+                <a:t>●全国版救急受診アプリ</a:t>
               </a:r>
-              <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
-[...12 lines deleted...]
-              </a:pPr>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
               <a:r>
+                <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:prstClr val="black"/>
+                  </a:solidFill>
+                  <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+                  <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>●全国版救急受診アプリ（</a:t>
+                <a:t>　（</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>Q</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>助）で</a:t>
+                <a:t>助）で病気やけがの</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:buClrTx/>
                 <a:buSzTx/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>　 病気やけがの緊急度を </a:t>
-[...17 lines deleted...]
-                <a:t> 　判定しよう</a:t>
+                <a:t>　 緊急度を 判定しよう</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="7" name="正方形/長方形 6">
+            <p:cNvPr id="9" name="正方形/長方形 8">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02A894C9-5B98-769A-2DC3-D2B7706A38EF}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{788A9A97-85C4-93C7-0405-C68F559B1D73}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="261022" y="967457"/>
               <a:ext cx="4223693" cy="2771964"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="95000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
@@ -37019,107 +37023,100 @@
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:lnSpc>
                   <a:spcPct val="130000"/>
                 </a:lnSpc>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFont typeface="+mj-ea"/>
                 <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>●スマートフォン用電子証明書を</a:t>
+                <a:t>●マイナンバーカードの機能を　　　　　　　　　　　　　　　　</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr lvl="0">
                 <a:lnSpc>
                   <a:spcPct val="130000"/>
                 </a:lnSpc>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFont typeface="+mj-ea"/>
                 <a:buNone/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
-[...9 lines deleted...]
-              <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>　スマートフォンに搭載しよう</a:t>
+                <a:t>　 スマートフォンに搭載しよう</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
-              <a:pPr>
+              <a:pPr lvl="0">
                 <a:lnSpc>
                   <a:spcPct val="130000"/>
                 </a:lnSpc>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFont typeface="+mj-ea"/>
+                <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>●マイナポータルを</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr>
                 <a:lnSpc>
                   <a:spcPct val="130000"/>
@@ -37250,76 +37247,76 @@
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>　 しよう</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:graphicFrame>
           <p:nvGraphicFramePr>
-            <p:cNvPr id="8" name="図表 7">
+            <p:cNvPr id="6" name="図表 5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E285461-F662-858C-2088-18A36C0F3417}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA57ECB6-A371-66EC-B3EE-831BA1DFDC85}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGraphicFramePr/>
             <p:nvPr/>
           </p:nvGraphicFramePr>
           <p:xfrm>
             <a:off x="955537" y="799121"/>
             <a:ext cx="7232926" cy="6006454"/>
           </p:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
-              <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
+              <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId6" r:lo="rId7" r:qs="rId8" r:cs="rId9"/>
             </a:graphicData>
           </a:graphic>
         </p:graphicFrame>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="9" name="テキスト ボックス 8">
+            <p:cNvPr id="13" name="テキスト ボックス 12">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F33C6ED1-0DA4-3160-D8E9-1968886FD197}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF5A9CB1-1328-D801-4858-10AE60383FF2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2439812" y="2334859"/>
               <a:ext cx="2105063" cy="830997"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600" b="1" i="0" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
@@ -37393,54 +37390,54 @@
                 <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600" b="1" i="0" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:effectLst/>
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>活用しましょう</a:t>
               </a:r>
               <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="10" name="テキスト ボックス 9">
+            <p:cNvPr id="15" name="テキスト ボックス 14">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA781769-8241-1E25-2539-9A7EA36087E0}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51542712-16CD-03A9-552B-36FCA42964B0}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4752912" y="2336747"/>
               <a:ext cx="1925527" cy="830997"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr lvl="0" algn="ctr">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
@@ -37513,54 +37510,54 @@
               <a:pPr lvl="0" algn="ctr">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>知りましょう</a:t>
               </a:r>
               <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="11" name="テキスト ボックス 10">
+            <p:cNvPr id="16" name="テキスト ボックス 15">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{846AF946-8A36-3089-93B7-661624952B78}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DC05E15-E796-EAC2-5E1E-CDD992AB4DFB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4802606" y="4340626"/>
               <a:ext cx="1826141" cy="1077218"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr lvl="0" algn="ctr">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
@@ -37684,54 +37681,54 @@
                 <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600" b="1" i="0" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:effectLst/>
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>みましょう</a:t>
               </a:r>
               <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="12" name="テキスト ボックス 11">
+            <p:cNvPr id="18" name="テキスト ボックス 17">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAAC30DA-3438-9B98-1AA4-ADCCD51217E7}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C0C2301-FB72-37F2-A06E-6F80224A7C69}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2531985" y="4346829"/>
               <a:ext cx="1920719" cy="830997"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr lvl="0" algn="ctr">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
@@ -37818,54 +37815,54 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
                     <a:prstClr val="black"/>
                   </a:solidFill>
                   <a:effectLst/>
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>活用してみましょう</a:t>
               </a:r>
               <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="タイトル 1">
+          <p:cNvPr id="3" name="タイトル 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{104A6AD7-CC31-3C26-21A2-B28CDE1CF18B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C952A7DD-EB53-87E3-49ED-4BCE9D901DB8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1259816" y="179986"/>
             <a:ext cx="7753672" cy="510767"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91431" tIns="45715" rIns="91431" bIns="45715" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:lnSpc>
@@ -37878,51 +37875,51 @@
               <a:defRPr sz="2800" b="1" i="0">
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>総務省デジタル活用支援推進事業　教材一覧（応用講座）　</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2374806725"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1839277533"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -43675,50 +43672,56 @@
 
 <file path=ppt/tags/tag23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="THINKCELLSHAPEDONOTDELETE" val="thinkcellActiveDocDoNotDelete"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="THINKCELLSHAPEDONOTDELETE" val="thinkcellActiveDocDoNotDelete"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="THINKCELLSHAPEDONOTDELETE" val="thinkcellActiveDocDoNotDelete"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="THINKCELLSHAPEDONOTDELETE" val="thinkcellActiveDocDoNotDelete"/>
 </p:tagLst>
 </file>
 
+<file path=ppt/tags/tag27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:tag name="THINKCELLSHAPEDONOTDELETE" val="thinkcellActiveDocDoNotDelete"/>
+</p:tagLst>
+</file>
+
 <file path=ppt/tags/tag3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="THINKCELLSHAPEDONOTDELETE" val="thinkcellActiveDocDoNotDelete"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="THINKCELLSHAPEDONOTDELETE" val="thinkcellActiveDocDoNotDelete"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="THINKCELLSHAPEDONOTDELETE" val="thinkcellActiveDocDoNotDelete"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="THINKCELLSHAPEDONOTDELETE" val="thinkcellActiveDocDoNotDelete"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag7.xml><?xml version="1.0" encoding="utf-8"?>
@@ -44261,149 +44264,92 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100630C360F03D9154893E8CD1E92A1C47E" ma:contentTypeVersion="12" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a7bc55e77245ee526a4c6de1d040215d">
-[...2 lines deleted...]
-    <xsd:import namespace="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010086F37CC57251AD49BD16DFA498AB63FA" ma:contentTypeVersion="3" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a11c2663ab92a0fbc46fe69a28746cc2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5ee39776-654d-4190-9d41-90b94a876707" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b83f16d3a62d112188cee080a689bad3" ns2:_="">
+    <xsd:import namespace="5ee39776-654d-4190-9d41-90b94a876707"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-[...6 lines deleted...]
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="079a4871-f4a2-4665-9954-203da50962a5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5ee39776-654d-4190-9d41-90b94a876707" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
-    </xsd:element>
-[...52 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -44461,152 +44407,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82A59DCD-4DBB-444D-A7B9-AF6BABE5E7CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EC6E9B2-A78C-40C8-B06D-CAA578177F37}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E0E30DB-0415-4458-A9FB-7FC2791A2620}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="079a4871-f4a2-4665-9954-203da50962a5"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="2c894bec-798d-4cf3-95d8-8ea6401a7b86"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C919445A-8E7F-456F-AA2D-3D8B0E8C2375}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>1536</Words>
+  <Words>1526</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>画面に合わせる (4:3)</PresentationFormat>
-  <Paragraphs>380</Paragraphs>
+  <Paragraphs>378</Paragraphs>
   <Slides>29</Slides>
   <Notes>29</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用されているフォント</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>テーマ</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>埋め込まれた OLE サーバー</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>スライド タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>29</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="35" baseType="lpstr">
+    <vt:vector size="34" baseType="lpstr">
       <vt:lpstr>BIZ UDPゴシック</vt:lpstr>
       <vt:lpstr>Abadi</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>ホワイト</vt:lpstr>
       <vt:lpstr>think-cell スライド</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>1-A</vt:lpstr>
       <vt:lpstr>1-B</vt:lpstr>
       <vt:lpstr>1-B</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>Yahoo!マップのインストール</vt:lpstr>
       <vt:lpstr>Yahoo!マップのインストール</vt:lpstr>
       <vt:lpstr>Yahoo!マップのインストール</vt:lpstr>
       <vt:lpstr>Yahoo!マップのインストール</vt:lpstr>
       <vt:lpstr>2-A</vt:lpstr>
       <vt:lpstr>2-A</vt:lpstr>
       <vt:lpstr>2-A</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
@@ -44618,51 +44537,51 @@
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint プレゼンテーション</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100630C360F03D9154893E8CD1E92A1C47E</vt:lpwstr>
+    <vt:lpwstr>0x01010086F37CC57251AD49BD16DFA498AB63FA</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:lpwstr>99800.0000000000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>