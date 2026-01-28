--- v0 (2025-10-15)
+++ v1 (2026-01-28)
@@ -3,3940 +3,4349 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6F192923" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="33E3E8B7" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">スマートフォンアイフォン(iPhone)基本編　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="334C0D71" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="49637D3C" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>※スマートフォンの操作説明は、アルファベット表記が多いため、音声や点字での確認が効率的に行えるようにカタカナ表記に置き換えています。各単元の最初のみカタカナの後にアルファベット表記をカッコ内に書いています。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC317AC" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="08C84EF3" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07898630" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>アプリについて知ろう</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B96578D" w14:textId="77777777" w:rsidR="005411DE" w:rsidRPr="00354E1F" w:rsidRDefault="005411DE">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="0918C2E3" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>目次</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F45EA09" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="15F92F19" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1　カメラを使ったアプリ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48303436" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="13908124" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1-A　カメラアプリ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C4FDD65" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="29B6F841" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1-B　写真アプリ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EED6D78" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="6B5E959A" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1-C　シーイングエーアイ(Seeing AI)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="158D5F26" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="269E136F" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1-D　サリバンプラス(Sullivan+)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B880460" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="195C3EC0" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1CD354" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="02E012C9" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>2　便利なアプリ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E4327A" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="693D63FC" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>2-A　マップ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457160EA" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7331B8E0" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-B　ラジコ(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>radiko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558E63A8" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2-B　ラジコ(</w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:t>2-C　ポッドキャスト(Podcast)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72CB31C7" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="52920EA7" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>2-D　ボイスメモ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B8C8F0" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="44D7686A" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EDFA863" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1　カメラを使ったアプリ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E9EF73" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="4323DC51" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6888913B" w14:textId="78E9F9DF" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1-A　カメラアプリ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178ED34F" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="5A387F9D" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>キューアール(QR)コードや文字認識による文章の読み取りなど、視覚障害者でもカメラを利用する機会は多くなってきています。カメラアプリでの撮影の方法は以下の通りです。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D4D29AE" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="44849B8D" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①Siriを起動して｢カメラを開いて｣と声をかけます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7444E9F3" w14:textId="7CC957BF" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...42 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="2E50512E" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>カメラアプリはジェスチャー操作やロック画面(パスコード認証する前の画面)から開くことも可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A472D32" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②上下のスワイプでカメラモードに切り替えます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51620547" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="779DCF0C" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>上下スワイプでビデオやカメラの切り替えができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D8BAEAE" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3143EE87" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③画面上のどこでも良いので2本指でダブルタップすると写真を撮影します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B919AF" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="16228B09" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ビデオは、録画の開始も停止も2本指でダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D389EC9" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="6727074F" w14:textId="22EA4DF2" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:spacing w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3055BEF7" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>目が見えない、見えにくいとカメラの使用が難しいと考えがちですが、キューアールコードや文字認識による文章の読み取りなど、視覚障害者でもカメラを利用する機会は多くなってきています。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60EEBFFF" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="648BCAC4" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>カメラアプリ使用中にボイスオーバーを使用していると｢左に傾ける｣といったように、カメラの水平を保つためのサポート音声や、人物が何人フレームに入っているかといったことを教えてくれます。写真やビデオの撮影に、シャッターの代わりとして音量ボタンが利用できる場合があります。画面右下のカメラセレクタを選択し、ダブルタップすると、前面と背面のカメラを切り替えることが可能です。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="153A14F0" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="68F28E48" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1432FDFC" w14:textId="2162DE30" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>カメラアプリのカメラモードは全部で7つあります。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FCD0947" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="03467B27" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①写真</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E9DB5C" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="41EF348A" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>カメラアプリを起動すると最初に選択されるモードです。被写体に合わせて、オートフォーカスで自動的にピントを合わせて、露出の調整までしてくれます。</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="519127EC" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="10BF5829" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②ポートレート</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48B557DC" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="17A5CA4E" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>カメラに写る人物を自動で判定して背景をぼかします。背景から人物を際立たせた写真が撮れます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF86591" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="4E4EC8A9" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>人物以外が対象の場合は通常の写真として撮影されます。</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="275D52EE" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3F74C952" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③シネマティックモード</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424333A0" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7E5C2507" w14:textId="379608EF" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>静止画のポートレートモードの動画版と言える機能です。 ピントが合う被写体を自動で調整し、それ以外の背景を</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3691">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ぼか</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>し、被写体を浮かび上がらせます。 本格的な映画のような動画が手軽に撮影できます。機種や本体のバージョンによって利用できる機種とできない機種があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3005805E" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>④パノラマ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20039F42" w14:textId="581275D7" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...74 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="5E1A75AE" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>カメラをゆっくりと動かすことで広角のパノラマ写真を撮影することができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382184C1" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>カメラの高さを保つための補助や動かす速度の補助がありますが、音声化されていません。</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E3CB733" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="78EEB335" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑤ビデオ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A4CF399" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="785DE2F3" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>動画撮影専用のモードです。通常のビデオ動画を撮影します。</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352A06C8" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="44D8774B" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑥タイムラプス</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2852E419" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3F654B31" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>動画撮影専用のモードです。2倍速のビデオ動画を撮影します。</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F056AD4" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="2C027390" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>⑦スロー</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DDFEF07" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="75183034" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>動画撮影専用のモードです。0.5倍速のビデオ動画を撮影します。</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E1B93B" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3BFE3360" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>撮影した写真やビデオは、カメラアプリ内の左下にあるビューア(音声では写真およびビデオビューアと言います</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>)を選択するか写真アプリから確認することができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2E04A8" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1A92D04E" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BA1A67B" w14:textId="4B872492" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>ここでは撮影した写真やビデオのビューアでの写真閲覧方法について説明します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="042DEA60" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="337CB026" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>①画面左下の｢ビューア｣をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7085094A" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="517E7832" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>音声では｢写真およびビデオビューア｣と読み上げます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1D0E6D" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1AC6A4CB" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②｢写真｣と読みあげるまで右スワイプし、3本指で左右にスワイプして写真を切り替えます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EBF6967" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="51ACB8FE" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>「写真セレクタ」を選択して、上下スワイプで写真を表示することも可能ですが、数秒間操作しないと、画面左上の「戻る」ボタンに移動してしまいます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="703B6D5B" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="6A41B96B" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>連続して写真を切り替えるには再度「写真セレクタ」を選択します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1E81E1" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="37A7D425" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③右下の削除ボタンを選択してダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F697CE3" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="3C827246" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>写真を表示した状態で、タッチやスワイプして削除ボタンを選択します。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE8FCE4" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7366B14E" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>④「写真を削除」をダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="613A6402" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="45AD0149" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>写真アプリからも操作することができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C06A90F" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="6DFFF2F7" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="298C65EC" w14:textId="77896BF8" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1-B　写真アプリ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268F131C" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="0A2ECC8E" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ない機能があります。カメラアプリの画面下部にタブバーと呼ばれる場所があり、4つのボタンが並んでいます。タッチやスワイプでボタンをダブルタップするとそれぞれ対応したページが開きます。左からライブラリ、フォーユー(For You)、アルバム、検索の順で配置されています。</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00354E1F">
+        <w:t>写真アプリには月別や日別など写真を探しやすく表示するライブラリ機能など、カメラアプリのビューアにはない機能があります。カメラアプリの画面下部にタブバーと呼ばれる場所があり、4つのボタンが並んでいます。タッチやスワイプでボタンをダブルタップするとそれぞれ対応したページが開きます。左からライブラリ、フォーユー(For You)、アルバム、検索の順で配置されています。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DCDEA1" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="406A2872" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>それぞれのタブの説明は以下の通りです。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0955AEF1" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="439E747B" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①ライブラリ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37250EF8" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="30E76F12" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>年別や月日別、撮影した写真や動画の範囲を決めて絞り込んで探すことができます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23BC1B82" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="399CDDF5" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②フォーユー</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="027814C9" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="51FBC05E" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>これまでに撮影された写真やビデオの中からアイフォンが自動で作成したアルバムなどが表示されます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C20C3B" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="420FB11D" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③アルバム</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565C0987" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="6F0A6CA4" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>最近の項目やダウンロードなどフォルダによって写真が管理されています。</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E66593" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7DF6B7E0" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>④検索</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D37099" w14:textId="3B542158" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7CF90694" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>犬や猫、アイスクリームなどのキーワードを入れて検索すると保存された写真から該当する写真を表示してくれます。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="787E65DB" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>写真アプリやカメラアプリのビューア閲覧時に、タッチやスワイプで写真やビデオを選択した際に読み上げるのは日付のみになります。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EB89CD" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A7C8BD5" w14:textId="5E11BF7A" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①Siriを起動して｢写真を開いて｣と声をかけます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770D5599" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>写真アプリはホーム画面からジェスチャー操作でも開けます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA5A201" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②画面下部のタブバーからライブラリを選択してダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C44C2AC" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>写真アプリ起動時は、前回使用時に最後に開いていたタブが表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="138FCA29" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③タブバーの少し上にある｢日付の範囲｣を選択します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4B3D25" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>上下スワイプで年別や月別を切り替えます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145C18F8" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>すると保存された写真から該当する写真を表示してくれます。</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00354E1F">
+        <w:t>④目的の年月や日付を選択し、ダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C368D1B" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>年月や日付の後に見出しと読む所では先に進めません。年月の後に写真やビデオと読み上げるか確認が必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC4338B" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>この手順まで進むと</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00354E1F">
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>、カメラアプリのビューアでの閲覧と同じ画面表示になります</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27FA326A" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤年、月、日と進み、最終的に選んだ日付の写真が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446CDAF5" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ライブラリは絞り込み機能ではないため</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-    </w:p>
-[...146 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="BIZ UDPゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>、選んだ日付よりも前後の写真を表示することが可能です</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB8B4C3" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥3本指で左右にスワイプして写真を切り替えます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A596BF" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35877329" w14:textId="1224B7A3" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-C　シーイングエーアイ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2859B63A" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>マイクロソフトが開発した無料のアプリで、画面下部チャンネルを選択することで多彩な機能を利用できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B089BE" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ダブルタップや音量ボタンでの撮影はできません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A0FA1D" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>この手順まで進むと</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00354E1F">
+        <w:t>Siriでこのアプリを開く場合、アプリの正式名称を声に出してもSiriが聞き取れず、アプリが開けないことがあるため、「エーアイを開いて」など、言い方を工夫する必要があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A81E4C" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、こちらのアプリは最初からアイフォンに搭載されているものではないため、インストールする必要があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4732E97A" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6080873B" w14:textId="1AF514FD" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>シーイングエーアイは撮影したものの情報を認識し、読み上げます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD0C75D" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①「読み取り」機能や「説明」機能では、撮影ボタンをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7D07F7" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「読み取り」機能は、撮影した文章を読み取り、スマートフォン上に表示する機能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A745A8" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>「説明」機能は、撮影した対象についての説明をスマートフォン上に表示する機能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C27F6F9" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、撮影ボタン以外の箇所のダブルタップや音量ボタンでの撮影はできません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB02141" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>②「その他」機能では、ダブルタップで機能を切り替えます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47701382" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62C5CC1E" w14:textId="26633835" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>各チャンネルの機能は以下の通りです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59347ABB" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①製品</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
-[...49 lines deleted...]
-      <w:r w:rsidRPr="00354E1F">
+    </w:p>
+    <w:p w14:paraId="4D553DFC" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>カメラを向けた商品のバーコードを読み上げる機能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A37D585" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>すべての商品を読み上げるわけではありません。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidRPr="00354E1F">
-[...136 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    </w:p>
+    <w:p w14:paraId="2B073B84" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②人物</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F82F585" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>カメラを向けるとカメラに映る人物とのだいたいの距離を教えてくれます。カメラで撮影するとだいたいの年齢や恰好を教えてくれます。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E11BC7D" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③通貨</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39790B0F" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>カメラを向けると紙幣の認識をして教えてくれます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73AA1DD5" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④自分の物を探す</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604756FC" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>あらかじめアプリに自分の物を学習させ、カメラを向けることで物を認識し、音で場所を教えてくれます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE0DCE3" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤色</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C86B40C" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ているものではないため、インストールする必要があります。</w:t>
-[...137 lines deleted...]
-      <w:r w:rsidRPr="00354E1F">
+        <w:t>カメラを向けるとカメラに映った色を教えてくれます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B62A6C" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑥ライト</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003169F1">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C08519" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...75 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="158620AB" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>周りの明るさを音の高低で教えてくれます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B83973" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42C5769B" w14:textId="0735101F" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1-D　サリバンプラス(Sullivan+)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C63F333" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>文字認識を得意とする視覚障害者向けカメラ読み取りアプリです。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1175ABAB" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>機能としては｢エーアイ（AI）モード｣ ｢文字認識｣ ｢顔認識｣ ｢イメージ描写｣ ｢色認識｣｢光の明るさ｣ ｢拡大鏡｣といった種類があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A47852D" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>エーアイモードは、カメラで写した内容が物体なのか、文字なのか、色なのかといった情報をすべて自動で認識し内容をボイスオーバーで読み上げます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54CD092E" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、こちらのアプリは最初からアイフォンに搭載されているものではないため、インストールする必要があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7D65F5" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65FE836A" w14:textId="44960CFF" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>書類など長めの文章を読むのに適しています。撮影対象がカメラ内にすべて入ると自動で撮影されます。</w:t>
-[...288 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+        <w:t>サリバンプラスは、表示モードを選択し、撮影してアプリに読み上げさせることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70047955" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①アプリを開き、画面左下の三角マークをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76AFAD6F" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>基本操作は、画面の下側中央にある｢キャプチャー｣をダブルタップするか、本体側面の音量アップ・ダウンボタンで撮影すると認識結果を読み上げます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9D6965" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>｢キャプチャー｣をダブルタップすると、画面上部の白枠内に認識結果が文字で表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE11B16" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>名刺のような小さな紙からＡ４サイズの書面まで高精度に認識できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FD8FB33" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>設定により、アプリを開いた直後のモードを優先的に｢文字認識｣にすることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045FF542" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②ダブルタップで表示モードの切り替えができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7050947A" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>初期設定では、アプリを開くとエーアイモードが選択されるようになっています。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E0EA41" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A168607" w14:textId="4EA1DE7B" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2　便利なアプリ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3785BE" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="785D2401" w14:textId="0BEC8859" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-A　マップ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="283B20CB" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>経路や公共交通機関の時刻を調べるなど、視覚障害者でもマップアプリは活用できます。ここでは、初めからアイフォンに入っていてSiriも利用できる、アップルの提供しているマップアプリを紹介します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F65CAE8" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①Siriで｢○○までの経路を調べて｣と声をかけます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F262B33" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>この時、Siriには建物名や住所などを伝えます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76544CB8" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②マップアプリで経路候補が表示されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="294B4536" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③スワイプで経路候補を確認し、候補をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47AAF15F" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>到着時間や利用公共交通機関を読み上げます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FAB1AB" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④経路詳細が表示されるので、タッチやスワイプで詳細を確認します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="437E8CAB" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ここでは電車などの乗り換え時間などを確認できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31061735" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤画面右上の完了ボタンをダブルタップすると、再度経路一覧に戻れます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B51C5A" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>周りの明るさを音の高低で教えてくれます。</w:t>
-[...156 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+        <w:t>ナビを起動したい場合は、選択したい経路候補から右スワイプで一つ進んだ出発ボタンをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0D8934" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>徒歩のみのルートの場合は、経路候補を選んでダブルタップした直後にナビが開始します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10CFE522" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5841B7E7" w14:textId="6FFB2539" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-B　ラジコ(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>radiko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C38F423" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>アイフォンでラジオのインターネット放送を楽しむことができるアプリです。電波状況に左右されずクリアな音声を聞くことが可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFAE4CA" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、こちらのアプリは最初からアイフォンに搭載されているものではないため、インストールする必要があります。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3727FFD0" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①Siriを起動して｢ラジコを開いて｣と声をかけます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148D8DA8" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ホーム画面からジェスチャー操作でも開けます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B554D79" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②タッチやスワイプで聞きたい番組名を探し、ダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CB7A265" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>基本操作は、画面の下側中央にある｢キャプチャー｣をダブルタップするか、本体側面の音量アップ・ダウンボタンで撮影すると認識結果を読み上げます。</w:t>
-[...173 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+        <w:t>③再生ボタンをダブルタップするとラジオが流れ出します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BDDD089" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>一部、左右のスワイプだけでは移動できない箇所があるため、ローターをコンテナに切り替えて上下のスワイプを利用すると便利です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1795FB6D" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>再生を停止したい場合は２本指でダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F8EF0D" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④番組選択画面に戻りたい場合は、戻るボタンをダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B00F15" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CF2AA40" w14:textId="7C4F7E5F" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2-C　ポッドキャスト(Podcast)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047A42E7" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ポッドキャストは初めからインストールされているアプリです。インターネットラジオや放送局のラジオ番組の録音放送などを聞くことが可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61654FE3" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①Siriを起動して｢ポッドキャストを開いて｣と声をかけます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B6AB9C" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Siriでポッドキャストの番組を再生した場合、バックグラウンド再生用のプレイヤーが使用されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E2219E" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>①Siriで｢○○までの経路を調べて｣と声をかけます。</w:t>
-[...209 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+        <w:t>②タッチやスワイプで聞きたい番組名を探し、ダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063068BE" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>再生を停止したい場合は２本指でダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D153BC" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③｢最新のエピソード｣をダブルタップすると再生されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D85FE28" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④再生を停止したい場合は「一時停止」をダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9DC87F" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>⑤完全に終了するには、開いているアプリを一覧で見ることができる状態にしてから終了します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2321857B" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ホームボタンを押すことでバックグラウンド再生用のプレイヤーを画面から隠して再生や停止を行うことが可能ですが、プレイヤーが動いていたことを忘れて、ふとしたタイミングで再生されてしまう場合があるため注意が必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580A9540" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ポッドキャストアプリを１度起動して、開いているアプリを一覧で見ることができる状態にしてから終了すればこういったことは起こりません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF8B9CC" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E89FDD8" w14:textId="1EFF309D" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>アイフォンでラジオのインターネット放送を楽しむことができるアプリです。電波状況に左右されずクリアな音声</w:t>
-[...342 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+        <w:t>2-D　ボイスメモ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDC30F7" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ボイスメモは初めからインストールされているアプリです。アイシー（IC）レコーダーのように録音や再生が可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="104F6A58" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>①Siriを起動して｢ボイスメモを開いて｣と声をかけます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AF7A20" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②画面上を２本指でダブルタップして録音を開始します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53ECF464" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>通話中など、他のアプリでマイクを使用中には利用できません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66DEA791" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③画面上を２本指でダブルタップして録音を停止します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CF4FA1" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>④画面中央付近の再生ボタンをダブルタップすると録音した内容を確認できます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A2E80D2" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>また、「新規録音」と読み上げるところでダブルタップすると、録音データのタイトルを編集することが可能です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208FBB4E" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="290A98A5" w14:textId="5478277D" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ホームボタンを押すことでバックグラウンド再生用のプレイヤーを画面から隠して再生や停止を行うことが可能ですが、プレイヤーが動いていたことを忘れて、ふとしたタイミングで再生されてしまう場合があるため注意が必要です。</w:t>
-[...72 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+        <w:t>ボイスメモの再生は次の方法で行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="168EAE09" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①Siriを起動して｢ボイスメモを開いて｣と声をかけます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1210EBCD" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...129 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="7AB75CAB" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>②右スワイプで再生したいメモのタイトルを選び、ダブルタップします。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68041DBB" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>③タッチやスワイプで再生ボタンを選び、ダブルタップすると録音データが再生されます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F56E06" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ボイスメモではメモ一覧や各メモの再生ページを表示していても、２本指でダブルタップすると新規録音が開始されますので注意が必要です。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BCFC3B" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FDE2BBA" w14:textId="709AB274" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ボイスメモの削除は次の方法を行います。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59404860" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>①Siriを起動して｢ボイスメモを開いて｣と声をかけます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FBB26CA" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...112 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="1225617F" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>②右スワイプで削除したいメモのタイトルを選びます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2791184D" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF" w:rsidP="00C747AF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+    <w:p w14:paraId="4CA3ED77" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:pStyle w:val="Web"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003169F1">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="+mn-cs" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>③上下のスワイプで削除ボタンを選び、ダブルタップします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0FEB93" w14:textId="77777777" w:rsidR="00C747AF" w:rsidRPr="00354E1F" w:rsidRDefault="00C747AF">
-[...17 lines deleted...]
-    <w:sectPr w:rsidR="00C747AF" w:rsidRPr="00354E1F">
+    <w:p w14:paraId="48789213" w14:textId="77777777" w:rsidR="00AB2DC8" w:rsidRPr="003169F1" w:rsidRDefault="00AB2DC8" w:rsidP="00807C5E">
+      <w:pPr>
+        <w:spacing w:line="32" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AB2DC8" w:rsidRPr="003169F1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12645055" w14:textId="77777777" w:rsidR="001164D4" w:rsidRDefault="001164D4" w:rsidP="006543EF">
+    <w:p w14:paraId="592847F5" w14:textId="77777777" w:rsidR="00C2609E" w:rsidRDefault="00C2609E" w:rsidP="007C3691">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="693E1B11" w14:textId="77777777" w:rsidR="001164D4" w:rsidRDefault="001164D4" w:rsidP="006543EF">
+    <w:p w14:paraId="0E00BA7D" w14:textId="77777777" w:rsidR="00C2609E" w:rsidRDefault="00C2609E" w:rsidP="007C3691">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:endnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="5AEE7B71" w14:textId="77777777" w:rsidR="001164D4" w:rsidRDefault="001164D4"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="游ゴシック Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BIZ UDPゴシック">
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002F7" w:usb1="2AC7EDF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="+mn-cs">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="游ゴシック Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E7D5962" w14:textId="77777777" w:rsidR="001164D4" w:rsidRDefault="001164D4" w:rsidP="006543EF">
+    <w:p w14:paraId="4A10C291" w14:textId="77777777" w:rsidR="00C2609E" w:rsidRDefault="00C2609E" w:rsidP="007C3691">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2FBC2262" w14:textId="77777777" w:rsidR="001164D4" w:rsidRDefault="001164D4" w:rsidP="006543EF">
+    <w:p w14:paraId="5F243770" w14:textId="77777777" w:rsidR="00C2609E" w:rsidRDefault="00C2609E" w:rsidP="007C3691">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:footnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="4722E4C9" w14:textId="77777777" w:rsidR="001164D4" w:rsidRDefault="001164D4"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="38"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="156"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0094168B"/>
-[...48 lines deleted...]
-    <w:rsid w:val="00E7670B"/>
+    <w:rsidRoot w:val="00AB2DC8"/>
+    <w:rsid w:val="001257BC"/>
+    <w:rsid w:val="00175BEC"/>
+    <w:rsid w:val="00230B0F"/>
+    <w:rsid w:val="003169F1"/>
+    <w:rsid w:val="004A314C"/>
+    <w:rsid w:val="00513FA7"/>
+    <w:rsid w:val="00690B51"/>
+    <w:rsid w:val="007B5DF8"/>
+    <w:rsid w:val="007C3691"/>
+    <w:rsid w:val="00807C5E"/>
+    <w:rsid w:val="00912BCB"/>
+    <w:rsid w:val="00A04E29"/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rsid w:val="00BD618F"/>
+    <w:rsid w:val="00C2609E"/>
+    <w:rsid w:val="00D260EA"/>
+    <w:rsid w:val="00D47B8C"/>
+    <w:rsid w:val="00DD5FB0"/>
+    <w:rsid w:val="00EB29D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5659A436"/>
+  <w14:docId w14:val="4245908F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4DF50113-D844-4ECA-A965-1F08FC94480D}"/>
+  <w15:docId w15:val="{4F096B91-0129-4624-8FA3-4F93ADDFF866}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="21"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4277,2465 +4686,1229 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:jc w:val="both"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="100" w:left="100"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="200" w:left="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="300" w:left="300"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="400" w:left="400"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:leftChars="500" w:left="500"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="見出し 1 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="見出し 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="見出し 3 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="見出し 4 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="見出し 5 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="見出し 6 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="見出し 7 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="見出し 8 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="見出し 9 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="表題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="副題 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="引用文 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="23"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="引用文 2 (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="24">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2DC8"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Web">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0094168B"/>
+    <w:rsid w:val="00AB2DC8"/>
     <w:pPr>
       <w:widowControl/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-      <w:jc w:val="left"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:cs="ＭＳ Ｐゴシック"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="007C3691"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="ヘッダー (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="007C3691"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="007C3691"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006543EF"/>
+    <w:rsid w:val="007C3691"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="5062742">
+    <w:div w:id="20514793">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="30349169">
+    <w:div w:id="80372500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="30958361">
+    <w:div w:id="98184269">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="36510529">
+    <w:div w:id="184558941">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="38942710">
+    <w:div w:id="272328227">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="44566438">
+    <w:div w:id="316156895">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="56362067">
+    <w:div w:id="437257277">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="73555679">
+    <w:div w:id="449011389">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="85468577">
+    <w:div w:id="482357545">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="95298675">
+    <w:div w:id="507714971">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="126047543">
+    <w:div w:id="551964457">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="138305149">
+    <w:div w:id="579023929">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="143354927">
+    <w:div w:id="621230078">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="146938863">
+    <w:div w:id="821501809">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="164173622">
+    <w:div w:id="898587984">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="181820357">
+    <w:div w:id="935097960">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="243418776">
+    <w:div w:id="960573269">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="251865938">
+    <w:div w:id="979307834">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="267590749">
+    <w:div w:id="1138916435">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="282153734">
+    <w:div w:id="1169174484">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="283585799">
+    <w:div w:id="1202473945">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="299922021">
+    <w:div w:id="1202474420">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="306587908">
+    <w:div w:id="1238785500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="319384864">
+    <w:div w:id="1308439542">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="320232168">
+    <w:div w:id="1339305812">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="323360698">
+    <w:div w:id="1393775842">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="341906610">
+    <w:div w:id="1486585029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="345717124">
+    <w:div w:id="1498496066">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="352850292">
+    <w:div w:id="1598096746">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="355084816">
+    <w:div w:id="1627275753">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="359206850">
+    <w:div w:id="1628702916">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="373428262">
+    <w:div w:id="1632397897">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="405420314">
+    <w:div w:id="1648393874">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="421801922">
+    <w:div w:id="1698848350">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="422533746">
+    <w:div w:id="1730617847">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="427237470">
+    <w:div w:id="1748501662">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="427502054">
+    <w:div w:id="1858540801">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="436289784">
+    <w:div w:id="1897466590">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="442002187">
+    <w:div w:id="1936665837">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="448862296">
+    <w:div w:id="1992783573">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="472021225">
+    <w:div w:id="2084642779">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="479422798">
-[...1715 lines deleted...]
-    <w:div w:id="2147235267">
+    <w:div w:id="2124301495">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="游ゴシック Light" panose="020F0302020204030204"/>
+        <a:latin typeface="游ゴシック Light" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6743,51 +5916,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="游明朝" panose="020F0502020204030204"/>
+        <a:latin typeface="游明朝" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6937,105 +6110,207 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010086F37CC57251AD49BD16DFA498AB63FA" ma:contentTypeVersion="3" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="bf344255bbe02639e698b8bc647e6d9c">
-[...1 lines deleted...]
-    <xsd:import namespace="5ee39776-654d-4190-9d41-90b94a876707"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="956f8374-eac6-4c01-9e9a-c7d7573af740" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c23fec77-1f23-433b-b54b-3158c30b0fa3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010084154F20975AA5409AAA8A81D223D4B6" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="963ccaca711a582e36fee9d0e6a5471a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c23fec77-1f23-433b-b54b-3158c30b0fa3" xmlns:ns3="956f8374-eac6-4c01-9e9a-c7d7573af740" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d66a159e8ce2610d30bcd29c8735495" ns2:_="" ns3:_="">
+    <xsd:import namespace="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <xsd:import namespace="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5ee39776-654d-4190-9d41-90b94a876707" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c23fec77-1f23-433b-b54b-3158c30b0fa3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="1e1c6816-2a4f-4461-93c7-8dd281d6228d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="21" nillable="true" ma:displayName="承認の状態" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="22" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="956f8374-eac6-4c01-9e9a-c7d7573af740" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4f4c2df7-119e-42eb-b5ef-c638e6a4a2bd}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="956f8374-eac6-4c01-9e9a-c7d7573af740">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -7093,123 +6368,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3008A96-8417-4DD3-9B99-552DC4BF27A1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59005EAB-AD04-4DA8-8D13-D4B01D475D3E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E349636-D95B-4AB0-AAB2-39B40EE8AFE9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77CD0CE7-1445-414E-8C27-91BEA27DE576}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="079a4871-f4a2-4665-9954-203da50962a5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E353D2DA-472C-40C5-BA51-7BBDD41B9C3F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{087450EA-3EBE-4170-BD37-CD61FBB04E88}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="c23fec77-1f23-433b-b54b-3158c30b0fa3"/>
+    <ds:schemaRef ds:uri="956f8374-eac6-4c01-9e9a-c7d7573af740"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>19</Pages>
-  <Words>883</Words>
-  <Characters>5034</Characters>
+  <Words>878</Words>
+  <Characters>5007</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5906</CharactersWithSpaces>
+  <CharactersWithSpaces>5874</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>山田 英治</dc:creator>
+  <dc:creator>望月 桃華</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010086F37CC57251AD49BD16DFA498AB63FA</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x01010084154F20975AA5409AAA8A81D223D4B6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>4174500</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>